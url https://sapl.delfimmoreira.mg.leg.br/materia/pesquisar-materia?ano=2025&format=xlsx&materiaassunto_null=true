--- v0 (2025-12-14)
+++ v1 (2026-02-04)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4159" uniqueCount="1948">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4207" uniqueCount="1971">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -3988,50 +3988,113 @@
     <t>meios para que seja estudada e implementada, com a maior brevidade possível, a instalação de uma Academia ao Ar Livre no Bairro do Rosário.</t>
   </si>
   <si>
     <t>2044</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2044/indicacao_no_319-2025_mateus__-_obra_ponte_da_peixe.pdf</t>
   </si>
   <si>
     <t>,  que o Poder Executivo Municipal adote as medidas necessárias para a retomada imediata da obra da Ponte da Peixe, situada na zona rural deste Município, bem como publique de forma clara, oficial e acessível à população os motivos pelos quais a obra se encontra paralisada ou não avança.</t>
   </si>
   <si>
     <t>2045</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2045/indicacao_no_320-2025_mateus__-_estrada_santo_cruzeiro.pdf</t>
   </si>
   <si>
     <t>manutenção na estrada que dá acesso ao Santo Cruzeiro do bairro São Bernardo.</t>
+  </si>
+  <si>
+    <t>2089</t>
+  </si>
+  <si>
+    <t>321</t>
+  </si>
+  <si>
+    <t>Antônio Luciano da Silva, Reinaldo Sávio Ribeiro</t>
+  </si>
+  <si>
+    <t>https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2089/indicacao_no_321-2025_antonio_-_reinaldo_-__limpeza_posto_de_saude_sertao_pequeno.pdf</t>
+  </si>
+  <si>
+    <t>Limpeza entorno da unidade do posto de saúde do bairro Sertão Pequeno.</t>
+  </si>
+  <si>
+    <t>2090</t>
+  </si>
+  <si>
+    <t>322</t>
+  </si>
+  <si>
+    <t>https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2090/indicacao_no_322-2025_sebastiao_-_iluminacao_vila_rica.pdf</t>
+  </si>
+  <si>
+    <t>Que sejam tomadas as providências necessárias para a execução de calçamento e melhoria da iluminação pública no Bairro Vila Rica, especificamente na Rua Florival Gonçalves de Faria.</t>
+  </si>
+  <si>
+    <t>2091</t>
+  </si>
+  <si>
+    <t>323</t>
+  </si>
+  <si>
+    <t>https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2091/indicacao_no_323-2025_sebastiao_-_manutencao_estrada_rosario.pdf</t>
+  </si>
+  <si>
+    <t>manutenção na estrada localizada no bairro do Rosário, tendo em vista que o rio existente às margens da via está provocando o deslocamento e a erosão do leito da estrada, situação que tem se agravado a cada dia.</t>
+  </si>
+  <si>
+    <t>2092</t>
+  </si>
+  <si>
+    <t>324</t>
+  </si>
+  <si>
+    <t>https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2092/indicacao_no_324-2025_sebastiao_-_manutencao_estrada_barreirinho.pdf</t>
+  </si>
+  <si>
+    <t>Manutenção do bueiro e das manilhas localizados no bairro Barreirinho, uma vez que tais estruturas cederam e estão avançando sobre a estrada, comprometendo a segurança dos usuários e o tráfego de veículos.</t>
+  </si>
+  <si>
+    <t>2093</t>
+  </si>
+  <si>
+    <t>325</t>
+  </si>
+  <si>
+    <t>https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2093/indicacao_no_325-2025_mateus_-_natal_de_delfim.pdf</t>
+  </si>
+  <si>
+    <t>Que estude a possibilidade de desenvolver e promover eventos natalinos em Delfim Moreira.</t>
   </si>
   <si>
     <t>1595</t>
   </si>
   <si>
     <t>Req</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1595/requerimento_no_001-2025__lei_de_liberdade_economica_-sec_governo.pdf</t>
   </si>
   <si>
     <t>Solicita informações detalhadas sobre o andamento da implementação da Lei de Liberdade Econômica (Lei nº 13.874/2019) no âmbito do município de Delfim Moreira-MG.</t>
   </si>
   <si>
     <t>1596</t>
   </si>
   <si>
     <t>https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1596/requerimento_no_002-2025__plano_de_acoes_-sec_turismo.pdf</t>
   </si>
   <si>
     <t>Solicitar informações detalhadas quanto ao calendário anual de eventos e o plano de ação da referida Secretaria para o ano de 2025.</t>
   </si>
@@ -5540,50 +5603,56 @@
     <t>2054</t>
   </si>
   <si>
     <t>https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2054/pl_24.2025-_institui_a_subvencao_carnaval_2026_aedem.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a concessão de subvenção social à Associação de Cultura, Arte e Artesania – Grimpeiros- do Município de Delfim Moreira, para a promoção do Carnaval de 2026, e dá outras providências.”</t>
   </si>
   <si>
     <t>2055</t>
   </si>
   <si>
     <t>https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2055/pl_25.2025_altera_estatuto.pdf</t>
   </si>
   <si>
     <t>“Altera dispositivos do Estatuto dos Funcionários Públicos Civis do Município de Delfim Moreira e dá outras providências.”</t>
   </si>
   <si>
     <t>2087</t>
   </si>
   <si>
     <t>https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2087/pl_26.2025_qualificacao_de_oss.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a qualificação de entidades como organizações sociais e dá outras providências no Município de Delfim Moreira-MG”.</t>
+  </si>
+  <si>
+    <t>2088</t>
+  </si>
+  <si>
+    <t>https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2088/pl_27.2025_suplementacao_por_anulacao_folha_dezembro_1.pdf</t>
   </si>
   <si>
     <t>1641</t>
   </si>
   <si>
     <t>PRES</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
     <t>https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1641/projeto_de_resolucao_no_01_-_banco_de_horas.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REGULAMENTO INTERNO DE CONTROLE DE FREQUÊNCIA E DE PONTUALIDADE DOS SERVIDORES DA CÂMARA MUNICIPAL DE DELFIM MOREIRA/MG.</t>
   </si>
   <si>
     <t>1642</t>
   </si>
   <si>
     <t>https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1642/projeto_de_resolucao_no_02_-_altera_resolucao_6.2023.pdf</t>
   </si>
@@ -6328,56 +6397,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1568/indicacao_no_001-2025_heder_-_porta_do_clube_com_corrosao.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1569/indicacao_no_002-2025_heder_-_agente_de_saude_na_vargem.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1570/indicacao_no_003-2025_thiago_-_limpeza_bairro_rosario.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1571/indicacao_no_004-2025_mateus_-_melhoria_na_estrada_do_bairro_sao_bernardo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1572/indicacao_no_005-2025_mateus_-_melhoria_na_estrada_do_bairro_monjolinho.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1573/indicacao_no_006-2025_mateus_-_melhoria_na_ubs_sao_bernardo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1574/indicacao_no_007-2025_stella_-_limpez_lotesd_particulares_1.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1575/indicacao_no_008-2025_antonio_-_melhoria_captacao_barra.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1576/indicacao_no_009-2025_thiago_-_mais_psicologos.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1577/indicacao_no_010-2025_mateus_-_estrutura_da_associacao_abandonada.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1578/indicacao_no_011-2025_mateus_-_ponto_de_onibus_escolar.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1579/indicacao_no_012-2025_thiago_-_manutencaso_mogiano.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1580/indicacao_no_013-2025_jucemar_-_quadra_da_barreira.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1581/indicacao_no_014-2023_-_jps_-_manutencao_buraco_assembleia_de_deus.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1582/indicacao_no_015-2025_thiago_-rocada_posto_saude_bairro_agua_limpa.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1583/indicacao_no_016-2025_thiago_-rocada_bairro_mogiano.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1584/indicacao_no_017-2023_-_jucemar_-_mateus_faixa_assembleia_de_deus_centro.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1585/indicacao_no_018-2023_-_jps_-_manutencao_lixeira_bairro_monjolinho.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1586/indicacao_no_019-2025_heder_-_mateus_cx_agua_bigua.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1587/indicacao_no_020-2025_heder_-_limpeza_rua_da_peixe.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1588/indicacao_no_021-2025_stella_-_manutencao_laudelino_marconde.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1589/indicacao_no_022-2025_stella_-_manutencao_estrada_sengo-cachoeirinha.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1590/indicacao_no_023-2025_antonio_-_melhoria_captacao_rio_claro.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1591/indicacao_no_024-2025_heder_-_impressora_para_medico_24h.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1592/indicacao_no_025-2025_mateus_-_limpeza_campo_rosario.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1593/indicacao_no_026-2025_mateus_-_manutencao_sao_bernardo.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1594/indicacao_no_027-2025_reinaldo-heder_-_ponte_fazendinha.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1610/indicacao_no_028-2025_jucemar_-_placas_transito.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1611/indicacao_no_029-2025_jucemar_-_limpeza_bairro_da_barreira.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1612/indicacao_no_030-2025_thiago_-manutencao_estrada_santa_cruz.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1613/indicacao_no_031-2025_mateus_-_manutencao_estrada_claudio_benedito_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1614/indicacao_no_032-2025_mateus_-_manutencao_captacao_e_distribuicao_agua_no_rosario.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1615/indicacao_no_033-2025_mateus_-_reforma_cemiterio_e_limpeza.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1616/indicacao_no_034-2025_sebastiao_-_manutencao_rua_ingrime_carros_deslizam.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1617/indicacao_no_035-2025_sebastiao_-_instalacao_faixa_de_pedestres_sup_lorena.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1618/indicacao_no_036-2025_stella_-_manutencao_relogios_de_pontos.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1619/indicacao_no_037-2025_mateus_-_thiago_-_man_estrada_rosario.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1620/indicacao_no_038-2025_thiago_-_manutencao_-_estrada_agua_limpa.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1621/indicacao_no_039-2025_thiago_-_fibra_otica_mogiano.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1622/indicacao_no_040-2025_mateus_-_iluminacao_publica_ponte_de_zinco.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1623/indicacao_no_041-2025_mateus_-_lixeira_ponte_de_zinco_e_bicas.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1624/indicacao_no_042-2025_mateus_-_melhoria_na_estrada_das_bicas.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1625/indicacao_no_043-2025_mateus_-_calcamento_nas_bicas.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1626/indicacao_no_044-2025_heder-caixa_dagua_bairro_rosario.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1627/indicacao_no_045-2025_heder-calcada_do_outro_lado_da_roge.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1645/indicacao_no_046-2025_thiago_-_agua_parada_terreno_fernanda.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1646/indicacao_no_047-2025_thiago_-_aumento_coleta_lixo_monteiro.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1647/indicacao_no_048-2025_heder-substituicao_parque_de_plastico.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1648/indicacao_no_049-2025_heder-melhoria_na_circulacao_do_onibus_escolar_na_barreira.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1649/indicacao_no_050-2025_thiago_-_campeonato_de_taekwondo.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1650/indicacao_no_051-2025_heder-lixeira_conteiner_rua_da_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1651/indicacao_no_052-2025__zeze_ponto_bairro_vila_rica.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1652/indicacao_no_053-2025_mateus_-_reforma_predio_turismo.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1653/indicacao_no_054-2025_mateus_-_reforma_parque_infantil.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1654/indicacao_no_055-2025_heder-limpeza_rua_sao_benedito.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1655/indicacao_no_056-2025_heder-limpeza_rua_tiradentes.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1656/indicacao_no_057-2025_sebastiao_-_melhoria_calcamento.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1657/indicacao_no_058-2025_sebastiao_-_padronizacao_lixeiras.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1658/indicacao_no_059-2025_thiago_-_volta_conserva.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1659/indicacao_no_060-2025_thiago_-_toner_estrategia_saude_familia.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1660/indicacao_no_061-2025_thiago_-_barra_de_ferrro_praca_sebstiao.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1661/indicacao_no_062-2025_jucemar_-_bueiro_subida_matriz.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1662/indicacao_no_063-2025_jucemar_-_cascalhamento_rua.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1684/indicacao_no_064-2025_thiago_-_manutencao__rua_bairro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1685/indicacao_no_065-2025_todos_-_auxilio_aluguel_social.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1686/indicacao_no_066-2025_reinaldo_-barranco_sertao.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1687/indicacao_no_067-2025_stella_-_calhas_no_clube_das_maes.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1688/indicacao_no_068-2025_jucemar_-_wifi.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1689/indicacao_no_069-2025_thiago-_antonio_zumba_e_capoeira.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1690/indicacao_no_070-2025_todos_-_limpeza_rio.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1691/indicacao_no_071-2025_mateus_-_fundo_municipal_cultura.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1692/indicacao_no_072-2025_mateus_-_projeto_de_urbanizacao.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1693/indicacao_no_073-2025_mateus_heder_-_manutencao_tiradentes.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1694/indicacao_no_074-2025_mateus_-_manutencao_bigua_barreirinho.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1695/indicacao_no_075-2025_mateus_-_limpeza_ruas.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1696/indicacao_no_076-2025_mateus_-_2o_congresso_turismo.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1697/indicacao_no_077-2025_mateus_-_criacao_ponte.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1698/indicacao_no_078-2025_sebastiao_-_criacao_fx_amarela.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1699/indicacao_no_079-2025_sebastiao_-_curso_primeiros_socorros.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1700/indicacao_no_080-2025_jucemar_-_desentupimento_de_via.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1701/indicacao_no_081-2025_jucemar_-_manutencao_bueiro.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1702/indicacao_no_082-2025_jucemar_-_limpeza_banheiro.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1703/indicacao_no_083-2025_thiago_-_rolo_compactor_pe_de_carneiro.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1704/indicacao_no_084-2025_thiago_-_tratamento_dependente_quimico.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1705/indicacao_no_085-2025_antonio_-_bairro_mogiano.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1706/indicacao_no_086-2025_antonio_-_ar_condicionado_sala_de_aula.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1707/indicacao_no_087-2025_heder-_manutencao_bueiro.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1708/indicacao_no_088-_2025_heder_-_lombadas.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1709/indicacao_no_089-_2025_heder_-_lagoa_da_fernanda.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1710/indicacao_no_090-_2025_heder_-_trevo_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1728/indicacao_no_091-_2025_heder_-_sao_bernardo_ao_chora.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1729/indicacao_no_092-2025_mateus_-_fazenda_boa_esperanca.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1730/indicacao_no_093-2025_mateus_-_fundo_municipal_cultura.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1731/indicacao_no_094-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1732/indicacao_no_095-2025_rocada_e_capina_bocaina.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1733/indicacao_no_096-2025__thiago_calcamento_bairro_do_lima.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1734/indicacao_no_097-2025__heder_-_academia_ao_ar_livre.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1735/indicacao_no_098-2025__mateus_-__limpeza_rua.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1736/indicacao_no_099-2025__mateus_pombos_poli.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1737/indicacao_no_100-2025__thiago_manutencao_estrada_divisa.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1738/indicacao_no_101-2025_mateus_conscientizacao_agua.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1739/indicacao_no_102-2025_heder_calcamento_caquende.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1740/indicacao_no_103-2025_mateus_-_motoristas_aplicativos.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1741/indicacao_no_104-2025_heder_instalacao_de_lixeira.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1742/indicacao_no_105-2025_hedermanutencao_da_estrada_que_liga_a_divisa_ao_mujolinho.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1743/indicacao_no_106-2025__thiago_rocada_e_capina_bairro_rosario.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1744/indicacao_no_107-2025__jucemar_manutencao_rua.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1745/indicacao_no_108-_2025_mateus-_lombadas.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1746/indicacao_no_109-2025_heder_manutencao_lopes.docx" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1747/indicacao_no_110-2025_heder_corte_araucaria_caquende.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1749/indicacao_no_112-2025_heder_bueiro_rua_laudelino_marcondes.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1750/indicacao_no_113-2025_mateus_-_tombamento_das_esculturas.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1751/indicacao_no_114-2025_mateus_-_tombamento_vias_sacras.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1752/indicacao_no_115-2025_mateus_-_limpeza_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1753/indicacao_no_116-2025_antonio_-_bueiro-bairro_mogiano.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1754/indicacao_no_117-2025_sebastiao_-_cabeca_de_rua.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1755/indicacao_no_118-2025_antonio_-_galhos_ciprestes_-bairro_barirnha.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1756/indicacao_no_119-2025_heder_-_manutencao__rua_bairro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1757/indicacao_no_120-2025_heder_-_limpeza_escola.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1758/indicacao_no_121-2025_stella_-__portaria_de_ferias_funcionario.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1759/indicacao_no_122-2025_stella_-_bueiro_hotel_sao_joao.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1760/indicacao_no_123-2025_antonio_-_bairro_barrinha_bueiro.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1761/indicacao_no_124-2025_heder_jucemar_-_rotas_caminhao.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1762/indicacao_no_125-2025_mateuszeze_reinaldo_-_captacao_bairro_sao_bernardo.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1763/indicacao_no_126-2025_mateus_-_limpeza_rio_monteiro.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1764/indicacao_no_127-2025_mateus_jucemar_-_manutencao_posto_barreira_e_poliesportivo.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1765/indicacao_no_128-2025__thiago_rocada_e_capina_bairro_rosario.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1766/indicacao_no_129-2025_antonio_-_ponte_bairro_cachoeirinha.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1767/indicacao_no_130-2025_mateus_-_solicita_calcamento_brumado.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1768/indicacao_no_131-2025_mateus_-_solicita_retirada_entulho.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1769/indicacao_no_132-2025_mateus_-_solicita_manutencao_bueiro.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1770/indicacao_no_133-2025_mateus_-_solicita_cronograma_sec_obras.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1771/indicacao_no_134-2025_mateus_-_turismo.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1772/indicacao_no_135-2025__thiago_lazer_monteiro.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1773/indicacao_no_136-2025_mateus_bueiro_rua_laudelino_marcondes.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1774/indicacao_no_137-2025_mateus_bairro_barreiro.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1775/indicacao_no_138-2025_app.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1776/indicacao_no_139-2025_app_turismo.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1777/indicacao_no_140-2025_mateus_manutencao_estrada.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1778/indicacao_no_141-2025_thiago_-_manutencao_-_estrada_agua_limpa.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1779/indicacao_no_142-2025_thiago_-_heder_-__manutencao_claudio_benedito.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1780/indicacao_no_143-2025_thiago-__banheiro_unidade_basica_de_saude.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1781/indicacao_no_144-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1782/indicacao_no_145-2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1783/indicacao_no_146-2025_antonio_sebastiao_-_bairro_taquaral_bueiro.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1784/indicacao_no_147-2025_antonio_zeze_-_bairro_lopes_manutencao.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1785/indicacao_no_148-2025_mateus_manutencao_ponte_jose_antonio_da_silva.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1786/indicacao_no_149-2025_mateus_manutencao_ponte_do_encontro.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1787/indicacao_no_150-2025__jucemar_manutencao_ruada_peixe.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1788/indicacao_no_151-2025__jucemar_trafego_veiculos_pesados.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1789/indicacao_no_152-2025_heder_-_bomba_reservao_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1790/indicacao_no_153-2025_heder_-_melhoria_sao_benedito.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1791/indicacao_no_154-2025__jucemar_agua_bairro_vila_rica.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1801/indicacao_no_155-2025_heder_-_vazamento_rua_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1802/indicacao_no_156-2025_heder_-poda_eucalitpo_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1803/indicacao_no_157-2025__mateus_obras_bigua.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1804/indicacao_no_158-2025__mateus_corte_barranco_bigua.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1805/indicacao_no_159-2025__mateus_sebastiao_reinstalacao_trave_bairro_rosario.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1806/indicacao_no_160-2025__mateus_jucemar_manutencao_bicas_ate_ponte_de_zinco.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1807/indicacao_no_161-2025__stella_divulgacao_sinalizacao_rua_laudelino.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1808/indicacao_no_162-2025__mateus_manutencao_estradas_rurais.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1809/indicacao_no_163-2025___mateus_questionario_de_avaliacao_festa_do_marmelo.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1810/indicacao_no_164-2025__mateus_placa_entrada_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1811/indicacao_no_165-2025_thiago-__passarela_pedestre_ponte_peixe.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1812/indicacao_no_166-2025_jose_carlos_-_nome_fantasia_poliesportivo.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1813/indicacao_no_167-2025_mateus_-_heder_-_estrada_bairro_do_rosario.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1814/indicacao_no_168-2025__mateus_rocada_campo_rosario.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1815/indicacao_no_169-2025__limpeza_pintura_e_demais_cuidados_bairro_rosario.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1816/indicacao_no_170-2025_manutencao_rua_bairro_do_rosario.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1817/indicacao_no_171-2025_manutencao_ponte_rio_comprido.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1818/indicacao_no_172-2025_manutencao_cemig_mato_alto_brumado.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1820/indicacao_no_174-2025_heder_limpeza_e_restauracao_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1821/indicacao_no_175-2025_heder_reiteracao_pedido_-_divisa_ao_mujolinho.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1822/indicacao_no_176-2025_heder_limpeza_patio_filomena.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1823/indicacao_no_177-2025__jucemar_banco_da_praca.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1824/indicacao_no_178-2025_jucemar_-_bueiro_hotel_sao_joao.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1825/indicacao_no_179-2025_sebastiao_-_reforma_parque_infantil.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1826/indicacao_no_180-2025__stella_estrada_do_rosario.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1827/indicacao_no_181-2025_heder_rede_de_esgoto_vila_rica.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1828/indicacao_no_182-2025_thiago_vargem_grande.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1829/indicacao_no_183-2025_thiago_manutencao_bairro_agua_limpa.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1841/indicacao_no_184-2025_thiago_semana_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1842/indicacao_no_185-2025_todos_volta_conserva.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1843/indicacao_no_186-2025_thiago_servidor_fixo_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1844/indicacao_no_187-2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1845/indicacao_no_188-2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1846/indicacao_no_189-2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1847/indicacao_no_190-2025__mateus_rocada_e_capina_academia_sao_bernardo.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1848/indicacao_no_191-2025_antonio_-_ponto_de_onibus_e_lixeira_na_agua_limpa.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1849/indicacao_no_192-2025__mateus_rocada_e_manutencao_bairro_barreirinho.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1850/indicacao_no_193-2025_thiago_corrida_outubro_rosa.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1851/indicacao_no_194-2025__stella_calcamento_do_rosario.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1852/indicacao_no_195-2025__stella__bloquete_rua_benedito_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1853/indicacao_no_196-2025__stella__medidas_preventivas_de_animais_exposicao.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1854/indicacao_no_197-2025_thiago_manutencao_e_conserva_rio_comprido.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1855/indicacao_no_198-2025_thiago_brita_asfaltica_saude.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1856/indicacao_no_199-2025_-_heder_transito_cidade.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1857/indicacao_no_200-2025_-_jucemar_vazamento_barreira.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1858/indicacao_no_201-2025_jucemar_paulo_dos_santos-caixa_dagua_bairro_rosario.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1859/indicacao_no_202-2025_mateus_de_carvalho_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1860/indicacao_no_203-2025_rocada_e_capina_-_mateus_de_carvalho_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1861/indicacao_no_204-2025_mateus_de_carvalho_ribeiro_bale.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1862/indicacao_no_205-2025_-_heder_atendimento_pediatra.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1863/indicacao_no_206-2025_jose_carlos_rodrigues_-_troca_bueiro_proximo_ao_campo.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1864/indicacao_no_207-2025_mateus_-_pintura_meio_fios.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1865/indicacao_no_208-2025_-_jucemar_manutencao_rota_escolar.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1866/indicacao_no_209-2025_thiago_faixa_de_pedestre.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1867/indicacao_no_210-2025_thiago_placas_transito.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1868/indicacao_no_211-2025_sebastiao_placas_agua_limpa.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1869/indicacao_no_212-2025_heder_manutencao_bairro_ribeirinho.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1870/indicacao_no_213-2025_heder_manutencao_estrada_goes.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1871/indicacao_no_214-2025_heder_-_agua_parada_fernanda.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1872/indicacao_no_215-2025_heder_-_grotao.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1873/indicacao_no_216-2025_heder_-_desapropriacao_posto_gasolina.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1874/indicacao_no_217-2025_mateus_-_digitalizacao_de_documentos.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1875/indicacao_no_218-2025_mateus_-_sebastiao_-_melhoria_materiais_rede_de_esgoto.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1905/indicacao_no_219-2025_mateus_-_estrada_sao_bernardo_mirante.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1906/indicacao_no_220-2025_thiag_-_alagamento_mariinha_maciel.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1907/indicacao_no_221_-_2025_thiag_-_projeto_margarida.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1908/indicacao_no_222-2025_heder_-manutencao_manilhamento_monteiro.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1909/indicacao_no_223-2025_heder_-_manutencao__rua_bairro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1910/indicacao_no_224-2025_heder_-_acumulo_de_lixo_no_bairro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1911/indicacao_no_225-2025_thiago-_solicita_celeridade_reforma_postos_saude.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1917/indicacao_no_226_-2025_mateus_-_turismo.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1918/indicacao_no_227_-2025_c_saude_-_reforma_ubs.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1919/indicacao_no_228_-2025_mateus_-_pracas_publicas.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1920/indicacao_no_229-_2025_thiag_-_espelho_convexo.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1921/indicacao_no_230-_2025_thiag_-_urbanizacao.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1922/indicacao_no_231-2025_-_jucemar_rocada_barreira.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1923/indicacao_no_232-2025_-_jucemar__aumento_de_lixeira_no_bairro_barreira.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1924/indicacao_no_233-2025_-_jucemar_conserto_bomba_cx_dgua.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1925/indicacao_no_234-2025_-_jucemar_manutencao_rua_mariinha_maciel.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1926/indicacao_no_235_-2025_mateus_-_espaco_para_carros_de_aplicativo_exposicao.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1927/indicacao_no_236-2025_thiago-_renegociacao_iptu.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1928/indicacao_no_237-2025_mateus_-_patrolagem_barreirinho.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1929/indicacao_no_238-2025_mateus_-_rocada_boa_esperanca.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1930/indicacao_no_239-2025_stella-_manutencao_lombada.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1931/indicacao_no_240-2025_stella-_manutencao_lombada_correio.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1932/indicacao_no_241-2025_stella-_manutencao_via_proximo_casa_do_pedrao.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1933/indicacao_no_242-2025_sebastiao_banheiro_rio_claro.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1934/indicacao_no_243-2025__instalcao_apoio_lateral_ponte_peixe.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1935/indicacao_no_244-2025_heder.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1936/indicacao_no_245-2025__heder_manutencao_rede_de_esgoto.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1937/indicacao_no_246-2025__thiago_isencao_iptu.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1938/indicacao_247-2025.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1939/indicacao_no_248-2025__mateus_quebra_molas.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1940/indicacao_no_249-2025__cobertura_onibus.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1941/indicacao_no_250-2025__jucemar-_escada_barreira.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1942/indicacao_no_251-2025__mateus_parque_ponte_de_zinco.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1943/indicacao_252-2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1944/indicacao_no_253-2025_mateus_-_reitera-se_04-2025_iluminacao_publica_ponte_de_zinco.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1945/indicacao_no_254-2025__mateus_reitera-se_160-2025_mautencao_estrada_bicas.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1947/indicacao_no_256-2025__heder_mateus__peregrinacao_em_delfim_moreira.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1948/indicacao_no_257-2025__mateus__manutencao_ponte_charco.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1949/indicacao_no_258-2025__sebastiao__sinalizacao_entre_delfim_e_marmelopolis.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1950/indicacao_no_259-2025__heder__manutencao_estrada_buriqui.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1951/indicacao_no_260-2025__thiago__compra_de_vans.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1952/indicacao_261-2025.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1953/indicacao_no_262-2025__mateus_manutencao_bueiro__bairro_do_charco.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1954/indicacao_no_263-2025__mateus_manutencao_estrada_do_charco.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1955/indicacao_no_264-2025__mateus_projeto_com_campos_do_jordao.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1956/indicacao_no_265-2025__mateus_acoes_capacitacoes_turismo.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1957/indicacao_no_266-2025__mateus_manutencao_avenida_do_encontro.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1958/indicacao_no_267-2025__mateus_heder_rua_joao_guarda.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1993/indicacao_no_268-2025__stella_-__animais_soltos.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1994/indicacao_no_269-2025__thiago_-__academia_ao_ar_livro_rio_comprido.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1995/indicacao_no_270-2025__thiago_-__tampas_bueiro_manutencao.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1996/indicacao_no_271-2025__mateus_-__revitalizacao_da_praca.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1997/indicacao_no_272-2025__heder_sebastiao__troca_lampadas_poli.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1998/indicacao_no_273-2025__mateus_zeze_-__manutencao_estrada_sao_bernando.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1999/indicacao_no_274-2025__mateus_sebastiao_-__atencao_ao_comercio_local.docx" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2001/indicacao_no_276-2025__heder_manutencao_estrada_rio_comprido.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2002/indicacao_no_277-2025__stella_-_placas_de_sinalizacao_danificada.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2003/indicacao_no_278-2025__mateus_-_indicacao.docx" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2004/indicacao_no_279-_2025_mateus-_lombadas_reiteracao.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2006/indicacao_no_281-_2025_mateus_-_viagem_es.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2009/indicacao_no_284-2025_thiago_-_volta_conserva_rosario.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2010/indicacao_no_285-2025__heder_banheiro_santo_cruzeiro.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2011/indicacao_no_286-2025_sebastiao_-_melhoria_calcamento_rio_claro.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2012/indicacao_no_287-2025_thiago_-_caixa_dgua_bigua.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2013/indicacao_no_288-2025__heder__lixeira_rua_joao_guarda.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2014/indicacao_no_289-2025_stella_-_lombadas_na_cidade.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2015/indicacao_no_290-_2025_mateus_-_site_turismo_melhoria.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2016/indicacao_no_291-_2025_mateus_-_reinaldo_-__mauntencap_estrada_lopes.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2017/indicacao_no_292_-_2025__jucemar_-_limpeza_ruas_barreira.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2018/indicacao_no_293_-_2025__jucemar_-_cascalhamento_rua_barreira.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2019/indicacao_no_294-2025_todos_caminho_do_queijo.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2020/indicacao_no_295-2025__sebastiao_ponto_de_onibus_rc.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2021/indicacao_no_296-2025_-_tsm_-_desassoreamento_do_rio.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2022/indicacao_no_297_-_2025__jucemar_-_limpeza_no_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2023/indicacao_no_298_-_2025__jucemar_-_lombada_bloquete_solto.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2024/indicacao_no_299_-_2025__jucemar_-_troca_de_lampada.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2025/indicacao_no_300_-_2025__jucemar_-_canteiro_saude.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2026/indicacao_no_301-2025__heder__sinalizacao_laudelino.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2027/indicacao_no_302-2025__heder_manutencao_na_sarjeta.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2028/indicacao_no_303-2025_tonho_rede_eletrica_bairro_rio_claro.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2029/indicacao_no_304-2025__heder_sebastiao__jucemar_mapeamento_ruas_cidade.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2030/indicacao_no_305-2025__antonio_sebastiao___numeracao_postes.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2031/indicacao_no_306-2025__jose_thiago___manutencao_estrada_barreirinho.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2032/indicacao_no_307-2025__mateus_-_retificacao_edital_hino.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2033/indicacao_no_308-2025_todos__cesta_natalina_servidores.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2034/indicacao_no_309-2025_thiago_-_manutencao_e_cascalho_santa_cruz.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2035/indicacao_no_310-2025_reinaldo_-_bueiro_sertao_pequeno.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2036/indicacao_no_311-2025_heder_-_manutencao_bueiro_juscelino_kubitschek.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2037/indicacao_no_312-2025_heder_-_instalacao_lixeira.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2038/indicacao_no_313-2025_thiago_-_poda_arvores.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2041/indicacao_no_316-2025_stella_-_pintura_e_poda_agua_limpa.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2042/indicacao_no_317-2025_mateus__-_plantio_de_morango.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2043/indicacao_no_318-2025_mateus__-_bairro_rosario.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2044/indicacao_no_319-2025_mateus__-_obra_ponte_da_peixe.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2045/indicacao_no_320-2025_mateus__-_estrada_santo_cruzeiro.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1595/requerimento_no_001-2025__lei_de_liberdade_economica_-sec_governo.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1596/requerimento_no_002-2025__plano_de_acoes_-sec_turismo.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1597/requerimento_no_003-2025__instalacao_iluminacao_caquende.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1598/requerimento_no_004-2025__reforma_clube_esportivo_-sec_turismo.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1599/requerimento_no_005-2025__plano_de_acoes_-sec_turismo.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1604/requerimento_no_006-2025_pendencias_emendas_impositivas.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1605/requerimento_no_007-2025_extensao_de_rede_eletrica.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1606/requerimento_no_008-2025_servicos_amasp.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1607/requerimento_no_009-2025_stella_iluminacao_do_corte.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1608/requerimento_no_10-2025_thiago_barranco_av_do_encontro.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1609/requerimento_no_11-2025_thiago_ataque_de_caes.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1628/requerimento_no_012-2025_stella_programa_social_disponivel_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1629/requerimento_no_013-2025_stella_programa_social_disponivel_no_municipio_saude.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1630/requerimento_no_014-2025_heder_-_programas_habitacionais.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1631/requerimento_no_015-2025__-_mateus_-_sec_turismo_-_solicita_reforma_pracas.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1632/requerimento_no_016-2025__-_mateus_-_sec_turismo_-_solicita_reforma_casarao.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1633/requerimento_no_017-2025__-_mateus_-_sec_obras_-_iluminacao_bairro_charco.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1634/requerimento_no_018-2025__-_mateus_-_sec_turismo_-_solicita_medidas_placas_turismo.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1635/requerimento_no_019-2025_thiago_e_antonio-_cesta_basica.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1636/requerimento_no_020-2025_mateus_parque_e_academia_ponte_de_zinco_e_bicas.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1637/requerimento_no_021-2025_mateus_posto_saude_bicas.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1663/requerimento_no_022-2025_stella_lei_albir_blanc.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1664/requerimento_no_023-2025_servicos_vigilancia_sanitaria.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1665/requerimento_no_024-2025_preservacao_de_nascentes.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1666/requerimento_no_025-2025_captacao.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1667/requerimento_no_026-2025_transporte_para_consultas.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1670/requerimento_no_027-2025_quadra_no_bigua.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1671/requerimento_no_028-2025_thiago_laudo_inspecao_transporte_publico.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1672/requerimento_no_029-2025_thiago_leilao_de_veiculos.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1673/requerimento_no_030-2025_thiago_fiat_touro.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1674/requerimento_no_031-2025_mateus_-_atuacao_defesa_civil.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1678/requerimento_no_032-2025_jucemar_extensao_rede.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1679/requerimento_no_033-2025_stella_par.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1680/requerimento_no_034-2025_stella_pac.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1681/requerimento_no_035-2025_thiago_turismo_carnaval.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1682/requerimento_no_036-2025_stella_fiscal_municipal.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1683/requerimento_no_037-2025_mateus_-_plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1717/requerimento_no_038-2025_obras_caquende.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1718/requerimento_no_039-2025__-_mateus_-_sec_turismo_-_museu_municipal.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1719/requerimento_no_040-2025_heder_-_solcita_informacoes_casas.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1720/requerimento_no_041-2025_heder__e_thiago_-erosao.docx" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1721/requerimento_no_042-2025_zeze_e_sebastiao.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1722/requerimento_no_043-2025_heder__e_sebastiao_-_alagamento_santa_luzia.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1723/requerimento_no_044-2025_stella_servico_divulgacao.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1724/requerimento_no_045-2025_antonio_-_defesa_civil.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1725/requerimento_no_046-2025__-_pombo_poliesportivo.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1726/requerimento_no_047-2025_mateus_jucemar_tonho_heder_-_estacao_caindo.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1831/requerimento_no_050-2025_mateus_agua_bigua.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1832/requerimento_no_051-2025_animais_grande_porte.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1833/requerimento_no_052-2025_stella_rua_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1834/requerimento_no_053-2025_mateus_-_aquisicao_campo_rosario.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1877/requerimento_no_054-2025_thiago_-_ponte_da_peixe.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1878/requerimento_no_055-2025_thiago_-reforma_posto_de_saude.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1879/requerimento_no_056-2025_stella_processo_licitatorio.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1880/requerimento_no_057-2025_stella__animais_de_medio_e_grande_porte.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1881/requerimento_no_058-2025_mateus_placas_turismo.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1882/requerimento_no_059-2025_mateus_fumpac_turismo.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1883/requerimento_no_060-2025_todos_alimento_nao_perecivel.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1884/requerimento_no_061-2025_sebastiao_tapa_buracos_centro_delfim_moreira.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1885/requerimento_no_062-2025_sebastiao_motos_matriz.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1886/requerimento_no_063-2025_stella__valeta_ceu_aberto-caquende.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1887/requerimento_no_064-2025_heder__-calcamento_ao_lado_filomena.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1888/requerimento_no_065-2025_antonio_-empresa_troca_lampada_queimada.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1889/requerimento_no_066-2025_thiago_-conselho_de_saude.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1890/requerimento_no_067-2025_heder__-_qualidade_agua.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1891/requerimento_no_068-2025_todos___-_wifi_na_saude.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1892/requerimento_no_069-2025_heder_mateus_stella__-_criacao_dotacao.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1893/requerimento_no_070-2025_mateus-_maquina_de_bloquete.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1894/requerimento_no_071-2025_c_saude-_marcacao_exames.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1895/requerimento_no_072-2025_heder-_quadra_tio_carmelo.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1896/requerimento_no_073-2025_antonio_-_frotas_saude.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1898/requerimento_no_075-2025_stella-_solcita_informacoes__cismas.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1899/requerimento_no_076-2025_c_saude-_relacao_atendimento_medicos.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1900/requerimento_no_077-2025_obras-_iluminacao_rua_claudio_benedito.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1959/requerimento_no_079-2025_obras_-_prestacao_de_contas_barreirinho.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1960/requerimento_no_080-2025_saude_-_solicita_informacoes_postsos_de_saude.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1961/requerimento_no_081-2025_mateus-_thiago_obra_calcamento_barreirinho.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1962/requerimento_no_082-2025_mateus-_thiago_obra_calcamento_barreirinho.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1963/requerimento_no_083-2025_mateus-_thiago_ponte_da_peixe.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1964/requerimento_no_084-2025_mateus-_relacao_gasto_festa_marmelo_e_expoiscao.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1965/requerimento_no_085-2025_heder_-mateus-_valos_pago_pelos_comercios_exposicao.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1966/requerimento_no_086-2025_heder_-_sebastiao_-_rua_dona_nadir.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1967/requerimento_no_087-2025_mateus_-_coleta_seletiva.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1968/requerimento_no_088-2025_thiago_-conselho_de_saude.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1969/requerimento_no_089-2025_stella-_solcita_informacoes_bilbioteca.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1970/requerimento_no_090-2025_-_solcita_explicacao_maquinario.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1971/requerimento_no_091-2025_-_lombada_bairro_cachoeirinha.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1972/requerimento_no_092-2025_mateus_-_politicas_culturais_delfim_moreira.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2046/requerimento_no_093-2025_todos___-_pac_minha_casa_minha_vida.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2047/requerimento_no_094-2025_heder_mateus_-_casarao_dona_marina.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2048/req_95-2025.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2049/requerimento_no_096-2025_antonio_mateus_-_placas_barra.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2051/requerimento_no_098-2025_stella_coordenadora_da_saude.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2052/requerimento_no_099-2025_thiago-_jucemar_hotel_pocos_de_caldas.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2053/requerimento_no_100-2025_thiago_listagem_pacientes.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2057/requerimento_no_101-2025_mateus_informacoes_workshop.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2058/requerimento_no_102-2025_stella_entulhos.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2061/requerimento_no_105_-2025_mateus_audiencia_publica.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2062/requerimento_no_106-2025_stella__tombamento.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2063/requerimento_no_107-2025_stella_e_heder__conselhos_municipais.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2064/requerimento_no_108-2025_stella_fogos.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2065/requerimento_no_109-2025_stella_cemig.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2066/requerimento_no_110-2025_jucemar_-_defesa_civil.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2067/requerimento_no_111-2025_stella_carros_manutencoes.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2068/requerimento_no_112-2025_stella_rua_laudelino_marcondes_-_manutencoes.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2069/requerimento_no_113-2025_stella_heder_-_folha_de_ponto.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2070/requerimento_no_114-2025_sebastiao_-_solicita_informacao_insalubre.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2071/requerimento_no_115_-2025_mateus_biblioteca.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2072/requerimento_no_116-2025_cobranca_emenda_impositiva.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2073/requerimento_no_117-2025_c_saude-__audiencia_publica_saude.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2074/requerimento_no_118-2025_c_saude-__gratificacao_servidor_vacinacao.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2075/requerimento_no_119-2025_tonho_-_obras_-___limpeza_podas_bairro_barrinha.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2076/requerimento_no_120-2025_heder_-_prefeito_-___informacoes_de_pendencias.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2077/requerimento_no_121-2025_zeze__calcamento_filomena.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2078/requerimento_no_122-2025_mateus_-_defesa_civil.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2079/requerimento_no_123-2025_mateus_-_resp_prefeito.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2081/requerimento_no_125-2025_mateus_-_emenda_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2082/requerimento_no_126-2025_mateus_-_escola_rio_comprido.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2083/requerimento_no_127-2025_mateus_-_comissao_de_fiancas_-_solicitacao_emendas.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2084/requerimento_no_128-2025_mateus_-heder_gratificacoes.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2085/requerimento_no_129-2025_mateus_-_placas_quebradas_turismo.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2086/requerimento_no_130-2025_c_saude_-___informacoes__saude.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1600/pl_01.2025.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1601/pl_02.2025.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1675/pl_03.2025-_autoriza_doacao_de_motocicletas_policia.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1716/pl_04.2025-_autoriza_financiamento_bdmg_1.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1792/pl_05.2025-_ldo.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1793/pl_06.2025-_revogacao_da_lei_de_doacao_de_terreno_a_camara.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1794/pl_07.2025-_doacao_de_uniformes.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1838/pl_08.2025-_cria_incentivo_ao_torneio_leiteiro_da_barra.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1840/pl_09.2025-_nova_redacaopl_diaria__mexico.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1876/pl_10.2025-_pl_rpp_ns.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1912/pl_11.2025-_pl_novo_fundo_animais_1.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1913/pl_12.2025-_altera_codigo_tributario.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1914/pl_13.2025_-_doacao_bens_moveis_2_1.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1916/pl_14.2025-_altera_estatuto.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1973/pl_15.2025_loa_2026_-_pmdm_revisado.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1974/pl_16.2025_-_subvencao_2026_-_pmdm.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1975/pl_17.2025_ppa_-_2026-2029_-_pmdm_1.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1979/pl_18.2025-_prorroga_pme_1.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1988/pl_19.2025-_delimita_area_urbana_consolidade.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1989/pl_20.2025-_institui_a_premiacao_do_hino.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1990/pl_21.2025-_institui_o_decimo_terceiro_vale_1.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1991/pl_22.2025-_ratifica_clausulas_cimasp.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1992/pl_23.2025_suplementacao_por_anulacao.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2054/pl_24.2025-_institui_a_subvencao_carnaval_2026_aedem.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2055/pl_25.2025_altera_estatuto.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2087/pl_26.2025_qualificacao_de_oss.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1641/projeto_de_resolucao_no_01_-_banco_de_horas.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1642/projeto_de_resolucao_no_02_-_altera_resolucao_6.2023.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1643/projeto_de_resolucao_no_03_-_altera_resolucao_6.2024.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1903/projeto_de_resolucao_no_04_-_sic.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1981/projeto_de_resolucao_no_05_-_altera_resolucao_04.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1602/mocao_01-2025_aplausos_padre.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1676/mocao_02-2025_-_mocao_de_aplauso_-_funcionarios_da_obras.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1677/mocao_03-2025-_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1712/mocao_04-2025_-_mocao_de_aplauso_-_associacao_agua_limpa.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1795/mocao_05-2025_-_mocao_de_aplauso_-_associacao_rio_claro.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1796/mocao_06-2025_-_mocao_de_aplausos_-_enfermeiras.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1797/mocao_07-2025_-_mocao_de_aplausos_-_pastor.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1798/mocao_08-2025_-_mocao_de_aplauso_-_associacao_barra.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1799/mocao_09-2025_-_mocao_de_aplauso_-_pm.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1836/projeto_decreto_legislativo_01-2025_-_benemerito.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1837/projeto_decreto_legislativo_02-2025_-_honorario.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1902/projeto_decreto_legislativo_03-2025_prestacao_de_contas.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1567/pl_01._2025_criacao_de_vaga_enfermeiro.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1603/plc_02.2025_gratificacao_agente_de_contratacao.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1978/plc_03.2025-_altera_codigo_tributario.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1982/plc_04.2025-_altera_codigo_de_posturas.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1986/plc_05.2025-_altera_codigo_tributario_art._33_1.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1987/plc_06.2025-_revoga_artigo_codigo_de_obras.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1638/pll_no_01_-_2025_-_reajuste_vale_mesa.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1639/pll_no_02_-_2025_reajuste_servidores_mesa..pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1640/pll_no_03_-_2025_-_emprestimo_consignado.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1644/pll_no_04_-_2025_-_ideologia_de_generos_-heder.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1668/pll_no_05_-_2025_-_nomeacao_rua_caquende-_thiago.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1669/pll_no_06-_2025__nome_de_rua_jucemar.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1711/pll_no_07_-_2025_-_fibromialgia_-_thiago.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1713/pll_no_08_-_2025_-_artesanato-_mateus.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1714/pll_no_09_-_2025_-_cancer_de_mama_-_thiago.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1715/pll_no_10-_stella_fogos.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1800/pll_no_11_-_2025_-_campo_limpo_-_thiago.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1835/pll_no_12_-_2025_-_semana_produtor_rural_-_sebastiao.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1839/pll_no_13_-_2025_-_stella-_thiago_tratamento_prioritario.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1904/pll_no_14-_heder_fios_soltos.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1915/pll_no_15-_2025_-_stella-_nois_e_bruta.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1976/pll_no_16_-_2025_-_thiago_exposicao_torneio_leiteiro.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1977/pll_no_17-_2025_-atleta_amador-heder.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1980/pll_no18_-_2025_-estagio.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1983/pll_no_19-_2025_-adocao_espaco_publico-heder_ok.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1984/pll_no_20-_2025_-_stella-_carnaval_rc.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1985/pll_no_21-_2025_-cuidador_de_idoso-heder.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2056/pll_no_22-2025_stella__fornecer_gratuitamente_medicamentos_para_o_tratamento_da_esporotricose.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1568/indicacao_no_001-2025_heder_-_porta_do_clube_com_corrosao.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1569/indicacao_no_002-2025_heder_-_agente_de_saude_na_vargem.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1570/indicacao_no_003-2025_thiago_-_limpeza_bairro_rosario.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1571/indicacao_no_004-2025_mateus_-_melhoria_na_estrada_do_bairro_sao_bernardo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1572/indicacao_no_005-2025_mateus_-_melhoria_na_estrada_do_bairro_monjolinho.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1573/indicacao_no_006-2025_mateus_-_melhoria_na_ubs_sao_bernardo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1574/indicacao_no_007-2025_stella_-_limpez_lotesd_particulares_1.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1575/indicacao_no_008-2025_antonio_-_melhoria_captacao_barra.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1576/indicacao_no_009-2025_thiago_-_mais_psicologos.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1577/indicacao_no_010-2025_mateus_-_estrutura_da_associacao_abandonada.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1578/indicacao_no_011-2025_mateus_-_ponto_de_onibus_escolar.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1579/indicacao_no_012-2025_thiago_-_manutencaso_mogiano.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1580/indicacao_no_013-2025_jucemar_-_quadra_da_barreira.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1581/indicacao_no_014-2023_-_jps_-_manutencao_buraco_assembleia_de_deus.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1582/indicacao_no_015-2025_thiago_-rocada_posto_saude_bairro_agua_limpa.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1583/indicacao_no_016-2025_thiago_-rocada_bairro_mogiano.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1584/indicacao_no_017-2023_-_jucemar_-_mateus_faixa_assembleia_de_deus_centro.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1585/indicacao_no_018-2023_-_jps_-_manutencao_lixeira_bairro_monjolinho.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1586/indicacao_no_019-2025_heder_-_mateus_cx_agua_bigua.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1587/indicacao_no_020-2025_heder_-_limpeza_rua_da_peixe.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1588/indicacao_no_021-2025_stella_-_manutencao_laudelino_marconde.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1589/indicacao_no_022-2025_stella_-_manutencao_estrada_sengo-cachoeirinha.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1590/indicacao_no_023-2025_antonio_-_melhoria_captacao_rio_claro.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1591/indicacao_no_024-2025_heder_-_impressora_para_medico_24h.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1592/indicacao_no_025-2025_mateus_-_limpeza_campo_rosario.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1593/indicacao_no_026-2025_mateus_-_manutencao_sao_bernardo.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1594/indicacao_no_027-2025_reinaldo-heder_-_ponte_fazendinha.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1610/indicacao_no_028-2025_jucemar_-_placas_transito.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1611/indicacao_no_029-2025_jucemar_-_limpeza_bairro_da_barreira.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1612/indicacao_no_030-2025_thiago_-manutencao_estrada_santa_cruz.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1613/indicacao_no_031-2025_mateus_-_manutencao_estrada_claudio_benedito_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1614/indicacao_no_032-2025_mateus_-_manutencao_captacao_e_distribuicao_agua_no_rosario.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1615/indicacao_no_033-2025_mateus_-_reforma_cemiterio_e_limpeza.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1616/indicacao_no_034-2025_sebastiao_-_manutencao_rua_ingrime_carros_deslizam.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1617/indicacao_no_035-2025_sebastiao_-_instalacao_faixa_de_pedestres_sup_lorena.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1618/indicacao_no_036-2025_stella_-_manutencao_relogios_de_pontos.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1619/indicacao_no_037-2025_mateus_-_thiago_-_man_estrada_rosario.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1620/indicacao_no_038-2025_thiago_-_manutencao_-_estrada_agua_limpa.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1621/indicacao_no_039-2025_thiago_-_fibra_otica_mogiano.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1622/indicacao_no_040-2025_mateus_-_iluminacao_publica_ponte_de_zinco.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1623/indicacao_no_041-2025_mateus_-_lixeira_ponte_de_zinco_e_bicas.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1624/indicacao_no_042-2025_mateus_-_melhoria_na_estrada_das_bicas.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1625/indicacao_no_043-2025_mateus_-_calcamento_nas_bicas.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1626/indicacao_no_044-2025_heder-caixa_dagua_bairro_rosario.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1627/indicacao_no_045-2025_heder-calcada_do_outro_lado_da_roge.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1645/indicacao_no_046-2025_thiago_-_agua_parada_terreno_fernanda.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1646/indicacao_no_047-2025_thiago_-_aumento_coleta_lixo_monteiro.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1647/indicacao_no_048-2025_heder-substituicao_parque_de_plastico.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1648/indicacao_no_049-2025_heder-melhoria_na_circulacao_do_onibus_escolar_na_barreira.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1649/indicacao_no_050-2025_thiago_-_campeonato_de_taekwondo.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1650/indicacao_no_051-2025_heder-lixeira_conteiner_rua_da_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1651/indicacao_no_052-2025__zeze_ponto_bairro_vila_rica.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1652/indicacao_no_053-2025_mateus_-_reforma_predio_turismo.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1653/indicacao_no_054-2025_mateus_-_reforma_parque_infantil.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1654/indicacao_no_055-2025_heder-limpeza_rua_sao_benedito.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1655/indicacao_no_056-2025_heder-limpeza_rua_tiradentes.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1656/indicacao_no_057-2025_sebastiao_-_melhoria_calcamento.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1657/indicacao_no_058-2025_sebastiao_-_padronizacao_lixeiras.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1658/indicacao_no_059-2025_thiago_-_volta_conserva.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1659/indicacao_no_060-2025_thiago_-_toner_estrategia_saude_familia.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1660/indicacao_no_061-2025_thiago_-_barra_de_ferrro_praca_sebstiao.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1661/indicacao_no_062-2025_jucemar_-_bueiro_subida_matriz.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1662/indicacao_no_063-2025_jucemar_-_cascalhamento_rua.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1684/indicacao_no_064-2025_thiago_-_manutencao__rua_bairro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1685/indicacao_no_065-2025_todos_-_auxilio_aluguel_social.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1686/indicacao_no_066-2025_reinaldo_-barranco_sertao.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1687/indicacao_no_067-2025_stella_-_calhas_no_clube_das_maes.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1688/indicacao_no_068-2025_jucemar_-_wifi.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1689/indicacao_no_069-2025_thiago-_antonio_zumba_e_capoeira.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1690/indicacao_no_070-2025_todos_-_limpeza_rio.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1691/indicacao_no_071-2025_mateus_-_fundo_municipal_cultura.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1692/indicacao_no_072-2025_mateus_-_projeto_de_urbanizacao.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1693/indicacao_no_073-2025_mateus_heder_-_manutencao_tiradentes.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1694/indicacao_no_074-2025_mateus_-_manutencao_bigua_barreirinho.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1695/indicacao_no_075-2025_mateus_-_limpeza_ruas.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1696/indicacao_no_076-2025_mateus_-_2o_congresso_turismo.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1697/indicacao_no_077-2025_mateus_-_criacao_ponte.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1698/indicacao_no_078-2025_sebastiao_-_criacao_fx_amarela.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1699/indicacao_no_079-2025_sebastiao_-_curso_primeiros_socorros.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1700/indicacao_no_080-2025_jucemar_-_desentupimento_de_via.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1701/indicacao_no_081-2025_jucemar_-_manutencao_bueiro.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1702/indicacao_no_082-2025_jucemar_-_limpeza_banheiro.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1703/indicacao_no_083-2025_thiago_-_rolo_compactor_pe_de_carneiro.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1704/indicacao_no_084-2025_thiago_-_tratamento_dependente_quimico.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1705/indicacao_no_085-2025_antonio_-_bairro_mogiano.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1706/indicacao_no_086-2025_antonio_-_ar_condicionado_sala_de_aula.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1707/indicacao_no_087-2025_heder-_manutencao_bueiro.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1708/indicacao_no_088-_2025_heder_-_lombadas.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1709/indicacao_no_089-_2025_heder_-_lagoa_da_fernanda.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1710/indicacao_no_090-_2025_heder_-_trevo_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1728/indicacao_no_091-_2025_heder_-_sao_bernardo_ao_chora.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1729/indicacao_no_092-2025_mateus_-_fazenda_boa_esperanca.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1730/indicacao_no_093-2025_mateus_-_fundo_municipal_cultura.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1731/indicacao_no_094-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1732/indicacao_no_095-2025_rocada_e_capina_bocaina.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1733/indicacao_no_096-2025__thiago_calcamento_bairro_do_lima.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1734/indicacao_no_097-2025__heder_-_academia_ao_ar_livre.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1735/indicacao_no_098-2025__mateus_-__limpeza_rua.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1736/indicacao_no_099-2025__mateus_pombos_poli.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1737/indicacao_no_100-2025__thiago_manutencao_estrada_divisa.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1738/indicacao_no_101-2025_mateus_conscientizacao_agua.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1739/indicacao_no_102-2025_heder_calcamento_caquende.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1740/indicacao_no_103-2025_mateus_-_motoristas_aplicativos.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1741/indicacao_no_104-2025_heder_instalacao_de_lixeira.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1742/indicacao_no_105-2025_hedermanutencao_da_estrada_que_liga_a_divisa_ao_mujolinho.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1743/indicacao_no_106-2025__thiago_rocada_e_capina_bairro_rosario.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1744/indicacao_no_107-2025__jucemar_manutencao_rua.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1745/indicacao_no_108-_2025_mateus-_lombadas.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1746/indicacao_no_109-2025_heder_manutencao_lopes.docx" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1747/indicacao_no_110-2025_heder_corte_araucaria_caquende.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1749/indicacao_no_112-2025_heder_bueiro_rua_laudelino_marcondes.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1750/indicacao_no_113-2025_mateus_-_tombamento_das_esculturas.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1751/indicacao_no_114-2025_mateus_-_tombamento_vias_sacras.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1752/indicacao_no_115-2025_mateus_-_limpeza_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1753/indicacao_no_116-2025_antonio_-_bueiro-bairro_mogiano.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1754/indicacao_no_117-2025_sebastiao_-_cabeca_de_rua.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1755/indicacao_no_118-2025_antonio_-_galhos_ciprestes_-bairro_barirnha.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1756/indicacao_no_119-2025_heder_-_manutencao__rua_bairro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1757/indicacao_no_120-2025_heder_-_limpeza_escola.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1758/indicacao_no_121-2025_stella_-__portaria_de_ferias_funcionario.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1759/indicacao_no_122-2025_stella_-_bueiro_hotel_sao_joao.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1760/indicacao_no_123-2025_antonio_-_bairro_barrinha_bueiro.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1761/indicacao_no_124-2025_heder_jucemar_-_rotas_caminhao.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1762/indicacao_no_125-2025_mateuszeze_reinaldo_-_captacao_bairro_sao_bernardo.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1763/indicacao_no_126-2025_mateus_-_limpeza_rio_monteiro.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1764/indicacao_no_127-2025_mateus_jucemar_-_manutencao_posto_barreira_e_poliesportivo.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1765/indicacao_no_128-2025__thiago_rocada_e_capina_bairro_rosario.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1766/indicacao_no_129-2025_antonio_-_ponte_bairro_cachoeirinha.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1767/indicacao_no_130-2025_mateus_-_solicita_calcamento_brumado.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1768/indicacao_no_131-2025_mateus_-_solicita_retirada_entulho.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1769/indicacao_no_132-2025_mateus_-_solicita_manutencao_bueiro.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1770/indicacao_no_133-2025_mateus_-_solicita_cronograma_sec_obras.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1771/indicacao_no_134-2025_mateus_-_turismo.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1772/indicacao_no_135-2025__thiago_lazer_monteiro.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1773/indicacao_no_136-2025_mateus_bueiro_rua_laudelino_marcondes.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1774/indicacao_no_137-2025_mateus_bairro_barreiro.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1775/indicacao_no_138-2025_app.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1776/indicacao_no_139-2025_app_turismo.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1777/indicacao_no_140-2025_mateus_manutencao_estrada.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1778/indicacao_no_141-2025_thiago_-_manutencao_-_estrada_agua_limpa.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1779/indicacao_no_142-2025_thiago_-_heder_-__manutencao_claudio_benedito.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1780/indicacao_no_143-2025_thiago-__banheiro_unidade_basica_de_saude.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1781/indicacao_no_144-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1782/indicacao_no_145-2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1783/indicacao_no_146-2025_antonio_sebastiao_-_bairro_taquaral_bueiro.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1784/indicacao_no_147-2025_antonio_zeze_-_bairro_lopes_manutencao.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1785/indicacao_no_148-2025_mateus_manutencao_ponte_jose_antonio_da_silva.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1786/indicacao_no_149-2025_mateus_manutencao_ponte_do_encontro.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1787/indicacao_no_150-2025__jucemar_manutencao_ruada_peixe.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1788/indicacao_no_151-2025__jucemar_trafego_veiculos_pesados.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1789/indicacao_no_152-2025_heder_-_bomba_reservao_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1790/indicacao_no_153-2025_heder_-_melhoria_sao_benedito.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1791/indicacao_no_154-2025__jucemar_agua_bairro_vila_rica.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1801/indicacao_no_155-2025_heder_-_vazamento_rua_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1802/indicacao_no_156-2025_heder_-poda_eucalitpo_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1803/indicacao_no_157-2025__mateus_obras_bigua.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1804/indicacao_no_158-2025__mateus_corte_barranco_bigua.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1805/indicacao_no_159-2025__mateus_sebastiao_reinstalacao_trave_bairro_rosario.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1806/indicacao_no_160-2025__mateus_jucemar_manutencao_bicas_ate_ponte_de_zinco.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1807/indicacao_no_161-2025__stella_divulgacao_sinalizacao_rua_laudelino.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1808/indicacao_no_162-2025__mateus_manutencao_estradas_rurais.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1809/indicacao_no_163-2025___mateus_questionario_de_avaliacao_festa_do_marmelo.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1810/indicacao_no_164-2025__mateus_placa_entrada_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1811/indicacao_no_165-2025_thiago-__passarela_pedestre_ponte_peixe.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1812/indicacao_no_166-2025_jose_carlos_-_nome_fantasia_poliesportivo.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1813/indicacao_no_167-2025_mateus_-_heder_-_estrada_bairro_do_rosario.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1814/indicacao_no_168-2025__mateus_rocada_campo_rosario.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1815/indicacao_no_169-2025__limpeza_pintura_e_demais_cuidados_bairro_rosario.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1816/indicacao_no_170-2025_manutencao_rua_bairro_do_rosario.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1817/indicacao_no_171-2025_manutencao_ponte_rio_comprido.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1818/indicacao_no_172-2025_manutencao_cemig_mato_alto_brumado.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1820/indicacao_no_174-2025_heder_limpeza_e_restauracao_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1821/indicacao_no_175-2025_heder_reiteracao_pedido_-_divisa_ao_mujolinho.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1822/indicacao_no_176-2025_heder_limpeza_patio_filomena.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1823/indicacao_no_177-2025__jucemar_banco_da_praca.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1824/indicacao_no_178-2025_jucemar_-_bueiro_hotel_sao_joao.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1825/indicacao_no_179-2025_sebastiao_-_reforma_parque_infantil.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1826/indicacao_no_180-2025__stella_estrada_do_rosario.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1827/indicacao_no_181-2025_heder_rede_de_esgoto_vila_rica.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1828/indicacao_no_182-2025_thiago_vargem_grande.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1829/indicacao_no_183-2025_thiago_manutencao_bairro_agua_limpa.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1841/indicacao_no_184-2025_thiago_semana_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1842/indicacao_no_185-2025_todos_volta_conserva.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1843/indicacao_no_186-2025_thiago_servidor_fixo_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1844/indicacao_no_187-2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1845/indicacao_no_188-2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1846/indicacao_no_189-2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1847/indicacao_no_190-2025__mateus_rocada_e_capina_academia_sao_bernardo.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1848/indicacao_no_191-2025_antonio_-_ponto_de_onibus_e_lixeira_na_agua_limpa.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1849/indicacao_no_192-2025__mateus_rocada_e_manutencao_bairro_barreirinho.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1850/indicacao_no_193-2025_thiago_corrida_outubro_rosa.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1851/indicacao_no_194-2025__stella_calcamento_do_rosario.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1852/indicacao_no_195-2025__stella__bloquete_rua_benedito_de_freitas.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1853/indicacao_no_196-2025__stella__medidas_preventivas_de_animais_exposicao.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1854/indicacao_no_197-2025_thiago_manutencao_e_conserva_rio_comprido.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1855/indicacao_no_198-2025_thiago_brita_asfaltica_saude.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1856/indicacao_no_199-2025_-_heder_transito_cidade.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1857/indicacao_no_200-2025_-_jucemar_vazamento_barreira.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1858/indicacao_no_201-2025_jucemar_paulo_dos_santos-caixa_dagua_bairro_rosario.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1859/indicacao_no_202-2025_mateus_de_carvalho_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1860/indicacao_no_203-2025_rocada_e_capina_-_mateus_de_carvalho_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1861/indicacao_no_204-2025_mateus_de_carvalho_ribeiro_bale.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1862/indicacao_no_205-2025_-_heder_atendimento_pediatra.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1863/indicacao_no_206-2025_jose_carlos_rodrigues_-_troca_bueiro_proximo_ao_campo.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1864/indicacao_no_207-2025_mateus_-_pintura_meio_fios.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1865/indicacao_no_208-2025_-_jucemar_manutencao_rota_escolar.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1866/indicacao_no_209-2025_thiago_faixa_de_pedestre.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1867/indicacao_no_210-2025_thiago_placas_transito.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1868/indicacao_no_211-2025_sebastiao_placas_agua_limpa.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1869/indicacao_no_212-2025_heder_manutencao_bairro_ribeirinho.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1870/indicacao_no_213-2025_heder_manutencao_estrada_goes.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1871/indicacao_no_214-2025_heder_-_agua_parada_fernanda.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1872/indicacao_no_215-2025_heder_-_grotao.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1873/indicacao_no_216-2025_heder_-_desapropriacao_posto_gasolina.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1874/indicacao_no_217-2025_mateus_-_digitalizacao_de_documentos.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1875/indicacao_no_218-2025_mateus_-_sebastiao_-_melhoria_materiais_rede_de_esgoto.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1905/indicacao_no_219-2025_mateus_-_estrada_sao_bernardo_mirante.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1906/indicacao_no_220-2025_thiag_-_alagamento_mariinha_maciel.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1907/indicacao_no_221_-_2025_thiag_-_projeto_margarida.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1908/indicacao_no_222-2025_heder_-manutencao_manilhamento_monteiro.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1909/indicacao_no_223-2025_heder_-_manutencao__rua_bairro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1910/indicacao_no_224-2025_heder_-_acumulo_de_lixo_no_bairro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1911/indicacao_no_225-2025_thiago-_solicita_celeridade_reforma_postos_saude.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1917/indicacao_no_226_-2025_mateus_-_turismo.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1918/indicacao_no_227_-2025_c_saude_-_reforma_ubs.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1919/indicacao_no_228_-2025_mateus_-_pracas_publicas.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1920/indicacao_no_229-_2025_thiag_-_espelho_convexo.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1921/indicacao_no_230-_2025_thiag_-_urbanizacao.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1922/indicacao_no_231-2025_-_jucemar_rocada_barreira.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1923/indicacao_no_232-2025_-_jucemar__aumento_de_lixeira_no_bairro_barreira.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1924/indicacao_no_233-2025_-_jucemar_conserto_bomba_cx_dgua.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1925/indicacao_no_234-2025_-_jucemar_manutencao_rua_mariinha_maciel.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1926/indicacao_no_235_-2025_mateus_-_espaco_para_carros_de_aplicativo_exposicao.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1927/indicacao_no_236-2025_thiago-_renegociacao_iptu.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1928/indicacao_no_237-2025_mateus_-_patrolagem_barreirinho.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1929/indicacao_no_238-2025_mateus_-_rocada_boa_esperanca.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1930/indicacao_no_239-2025_stella-_manutencao_lombada.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1931/indicacao_no_240-2025_stella-_manutencao_lombada_correio.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1932/indicacao_no_241-2025_stella-_manutencao_via_proximo_casa_do_pedrao.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1933/indicacao_no_242-2025_sebastiao_banheiro_rio_claro.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1934/indicacao_no_243-2025__instalcao_apoio_lateral_ponte_peixe.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1935/indicacao_no_244-2025_heder.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1936/indicacao_no_245-2025__heder_manutencao_rede_de_esgoto.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1937/indicacao_no_246-2025__thiago_isencao_iptu.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1938/indicacao_247-2025.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1939/indicacao_no_248-2025__mateus_quebra_molas.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1940/indicacao_no_249-2025__cobertura_onibus.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1941/indicacao_no_250-2025__jucemar-_escada_barreira.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1942/indicacao_no_251-2025__mateus_parque_ponte_de_zinco.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1943/indicacao_252-2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1944/indicacao_no_253-2025_mateus_-_reitera-se_04-2025_iluminacao_publica_ponte_de_zinco.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1945/indicacao_no_254-2025__mateus_reitera-se_160-2025_mautencao_estrada_bicas.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1947/indicacao_no_256-2025__heder_mateus__peregrinacao_em_delfim_moreira.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1948/indicacao_no_257-2025__mateus__manutencao_ponte_charco.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1949/indicacao_no_258-2025__sebastiao__sinalizacao_entre_delfim_e_marmelopolis.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1950/indicacao_no_259-2025__heder__manutencao_estrada_buriqui.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1951/indicacao_no_260-2025__thiago__compra_de_vans.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1952/indicacao_261-2025.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1953/indicacao_no_262-2025__mateus_manutencao_bueiro__bairro_do_charco.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1954/indicacao_no_263-2025__mateus_manutencao_estrada_do_charco.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1955/indicacao_no_264-2025__mateus_projeto_com_campos_do_jordao.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1956/indicacao_no_265-2025__mateus_acoes_capacitacoes_turismo.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1957/indicacao_no_266-2025__mateus_manutencao_avenida_do_encontro.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1958/indicacao_no_267-2025__mateus_heder_rua_joao_guarda.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1993/indicacao_no_268-2025__stella_-__animais_soltos.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1994/indicacao_no_269-2025__thiago_-__academia_ao_ar_livro_rio_comprido.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1995/indicacao_no_270-2025__thiago_-__tampas_bueiro_manutencao.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1996/indicacao_no_271-2025__mateus_-__revitalizacao_da_praca.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1997/indicacao_no_272-2025__heder_sebastiao__troca_lampadas_poli.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1998/indicacao_no_273-2025__mateus_zeze_-__manutencao_estrada_sao_bernando.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1999/indicacao_no_274-2025__mateus_sebastiao_-__atencao_ao_comercio_local.docx" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2001/indicacao_no_276-2025__heder_manutencao_estrada_rio_comprido.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2002/indicacao_no_277-2025__stella_-_placas_de_sinalizacao_danificada.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2003/indicacao_no_278-2025__mateus_-_indicacao.docx" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2004/indicacao_no_279-_2025_mateus-_lombadas_reiteracao.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2006/indicacao_no_281-_2025_mateus_-_viagem_es.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2009/indicacao_no_284-2025_thiago_-_volta_conserva_rosario.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2010/indicacao_no_285-2025__heder_banheiro_santo_cruzeiro.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2011/indicacao_no_286-2025_sebastiao_-_melhoria_calcamento_rio_claro.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2012/indicacao_no_287-2025_thiago_-_caixa_dgua_bigua.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2013/indicacao_no_288-2025__heder__lixeira_rua_joao_guarda.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2014/indicacao_no_289-2025_stella_-_lombadas_na_cidade.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2015/indicacao_no_290-_2025_mateus_-_site_turismo_melhoria.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2016/indicacao_no_291-_2025_mateus_-_reinaldo_-__mauntencap_estrada_lopes.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2017/indicacao_no_292_-_2025__jucemar_-_limpeza_ruas_barreira.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2018/indicacao_no_293_-_2025__jucemar_-_cascalhamento_rua_barreira.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2019/indicacao_no_294-2025_todos_caminho_do_queijo.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2020/indicacao_no_295-2025__sebastiao_ponto_de_onibus_rc.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2021/indicacao_no_296-2025_-_tsm_-_desassoreamento_do_rio.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2022/indicacao_no_297_-_2025__jucemar_-_limpeza_no_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2023/indicacao_no_298_-_2025__jucemar_-_lombada_bloquete_solto.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2024/indicacao_no_299_-_2025__jucemar_-_troca_de_lampada.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2025/indicacao_no_300_-_2025__jucemar_-_canteiro_saude.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2026/indicacao_no_301-2025__heder__sinalizacao_laudelino.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2027/indicacao_no_302-2025__heder_manutencao_na_sarjeta.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2028/indicacao_no_303-2025_tonho_rede_eletrica_bairro_rio_claro.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2029/indicacao_no_304-2025__heder_sebastiao__jucemar_mapeamento_ruas_cidade.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2030/indicacao_no_305-2025__antonio_sebastiao___numeracao_postes.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2031/indicacao_no_306-2025__jose_thiago___manutencao_estrada_barreirinho.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2032/indicacao_no_307-2025__mateus_-_retificacao_edital_hino.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2033/indicacao_no_308-2025_todos__cesta_natalina_servidores.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2034/indicacao_no_309-2025_thiago_-_manutencao_e_cascalho_santa_cruz.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2035/indicacao_no_310-2025_reinaldo_-_bueiro_sertao_pequeno.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2036/indicacao_no_311-2025_heder_-_manutencao_bueiro_juscelino_kubitschek.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2037/indicacao_no_312-2025_heder_-_instalacao_lixeira.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2038/indicacao_no_313-2025_thiago_-_poda_arvores.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2041/indicacao_no_316-2025_stella_-_pintura_e_poda_agua_limpa.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2042/indicacao_no_317-2025_mateus__-_plantio_de_morango.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2043/indicacao_no_318-2025_mateus__-_bairro_rosario.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2044/indicacao_no_319-2025_mateus__-_obra_ponte_da_peixe.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2045/indicacao_no_320-2025_mateus__-_estrada_santo_cruzeiro.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2089/indicacao_no_321-2025_antonio_-_reinaldo_-__limpeza_posto_de_saude_sertao_pequeno.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2090/indicacao_no_322-2025_sebastiao_-_iluminacao_vila_rica.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2091/indicacao_no_323-2025_sebastiao_-_manutencao_estrada_rosario.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2092/indicacao_no_324-2025_sebastiao_-_manutencao_estrada_barreirinho.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2093/indicacao_no_325-2025_mateus_-_natal_de_delfim.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1595/requerimento_no_001-2025__lei_de_liberdade_economica_-sec_governo.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1596/requerimento_no_002-2025__plano_de_acoes_-sec_turismo.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1597/requerimento_no_003-2025__instalacao_iluminacao_caquende.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1598/requerimento_no_004-2025__reforma_clube_esportivo_-sec_turismo.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1599/requerimento_no_005-2025__plano_de_acoes_-sec_turismo.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1604/requerimento_no_006-2025_pendencias_emendas_impositivas.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1605/requerimento_no_007-2025_extensao_de_rede_eletrica.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1606/requerimento_no_008-2025_servicos_amasp.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1607/requerimento_no_009-2025_stella_iluminacao_do_corte.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1608/requerimento_no_10-2025_thiago_barranco_av_do_encontro.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1609/requerimento_no_11-2025_thiago_ataque_de_caes.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1628/requerimento_no_012-2025_stella_programa_social_disponivel_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1629/requerimento_no_013-2025_stella_programa_social_disponivel_no_municipio_saude.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1630/requerimento_no_014-2025_heder_-_programas_habitacionais.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1631/requerimento_no_015-2025__-_mateus_-_sec_turismo_-_solicita_reforma_pracas.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1632/requerimento_no_016-2025__-_mateus_-_sec_turismo_-_solicita_reforma_casarao.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1633/requerimento_no_017-2025__-_mateus_-_sec_obras_-_iluminacao_bairro_charco.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1634/requerimento_no_018-2025__-_mateus_-_sec_turismo_-_solicita_medidas_placas_turismo.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1635/requerimento_no_019-2025_thiago_e_antonio-_cesta_basica.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1636/requerimento_no_020-2025_mateus_parque_e_academia_ponte_de_zinco_e_bicas.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1637/requerimento_no_021-2025_mateus_posto_saude_bicas.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1663/requerimento_no_022-2025_stella_lei_albir_blanc.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1664/requerimento_no_023-2025_servicos_vigilancia_sanitaria.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1665/requerimento_no_024-2025_preservacao_de_nascentes.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1666/requerimento_no_025-2025_captacao.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1667/requerimento_no_026-2025_transporte_para_consultas.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1670/requerimento_no_027-2025_quadra_no_bigua.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1671/requerimento_no_028-2025_thiago_laudo_inspecao_transporte_publico.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1672/requerimento_no_029-2025_thiago_leilao_de_veiculos.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1673/requerimento_no_030-2025_thiago_fiat_touro.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1674/requerimento_no_031-2025_mateus_-_atuacao_defesa_civil.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1678/requerimento_no_032-2025_jucemar_extensao_rede.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1679/requerimento_no_033-2025_stella_par.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1680/requerimento_no_034-2025_stella_pac.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1681/requerimento_no_035-2025_thiago_turismo_carnaval.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1682/requerimento_no_036-2025_stella_fiscal_municipal.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1683/requerimento_no_037-2025_mateus_-_plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1717/requerimento_no_038-2025_obras_caquende.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1718/requerimento_no_039-2025__-_mateus_-_sec_turismo_-_museu_municipal.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1719/requerimento_no_040-2025_heder_-_solcita_informacoes_casas.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1720/requerimento_no_041-2025_heder__e_thiago_-erosao.docx" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1721/requerimento_no_042-2025_zeze_e_sebastiao.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1722/requerimento_no_043-2025_heder__e_sebastiao_-_alagamento_santa_luzia.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1723/requerimento_no_044-2025_stella_servico_divulgacao.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1724/requerimento_no_045-2025_antonio_-_defesa_civil.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1725/requerimento_no_046-2025__-_pombo_poliesportivo.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1726/requerimento_no_047-2025_mateus_jucemar_tonho_heder_-_estacao_caindo.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1831/requerimento_no_050-2025_mateus_agua_bigua.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1832/requerimento_no_051-2025_animais_grande_porte.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1833/requerimento_no_052-2025_stella_rua_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1834/requerimento_no_053-2025_mateus_-_aquisicao_campo_rosario.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1877/requerimento_no_054-2025_thiago_-_ponte_da_peixe.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1878/requerimento_no_055-2025_thiago_-reforma_posto_de_saude.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1879/requerimento_no_056-2025_stella_processo_licitatorio.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1880/requerimento_no_057-2025_stella__animais_de_medio_e_grande_porte.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1881/requerimento_no_058-2025_mateus_placas_turismo.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1882/requerimento_no_059-2025_mateus_fumpac_turismo.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1883/requerimento_no_060-2025_todos_alimento_nao_perecivel.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1884/requerimento_no_061-2025_sebastiao_tapa_buracos_centro_delfim_moreira.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1885/requerimento_no_062-2025_sebastiao_motos_matriz.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1886/requerimento_no_063-2025_stella__valeta_ceu_aberto-caquende.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1887/requerimento_no_064-2025_heder__-calcamento_ao_lado_filomena.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1888/requerimento_no_065-2025_antonio_-empresa_troca_lampada_queimada.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1889/requerimento_no_066-2025_thiago_-conselho_de_saude.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1890/requerimento_no_067-2025_heder__-_qualidade_agua.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1891/requerimento_no_068-2025_todos___-_wifi_na_saude.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1892/requerimento_no_069-2025_heder_mateus_stella__-_criacao_dotacao.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1893/requerimento_no_070-2025_mateus-_maquina_de_bloquete.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1894/requerimento_no_071-2025_c_saude-_marcacao_exames.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1895/requerimento_no_072-2025_heder-_quadra_tio_carmelo.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1896/requerimento_no_073-2025_antonio_-_frotas_saude.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1898/requerimento_no_075-2025_stella-_solcita_informacoes__cismas.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1899/requerimento_no_076-2025_c_saude-_relacao_atendimento_medicos.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1900/requerimento_no_077-2025_obras-_iluminacao_rua_claudio_benedito.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1959/requerimento_no_079-2025_obras_-_prestacao_de_contas_barreirinho.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1960/requerimento_no_080-2025_saude_-_solicita_informacoes_postsos_de_saude.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1961/requerimento_no_081-2025_mateus-_thiago_obra_calcamento_barreirinho.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1962/requerimento_no_082-2025_mateus-_thiago_obra_calcamento_barreirinho.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1963/requerimento_no_083-2025_mateus-_thiago_ponte_da_peixe.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1964/requerimento_no_084-2025_mateus-_relacao_gasto_festa_marmelo_e_expoiscao.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1965/requerimento_no_085-2025_heder_-mateus-_valos_pago_pelos_comercios_exposicao.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1966/requerimento_no_086-2025_heder_-_sebastiao_-_rua_dona_nadir.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1967/requerimento_no_087-2025_mateus_-_coleta_seletiva.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1968/requerimento_no_088-2025_thiago_-conselho_de_saude.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1969/requerimento_no_089-2025_stella-_solcita_informacoes_bilbioteca.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1970/requerimento_no_090-2025_-_solcita_explicacao_maquinario.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1971/requerimento_no_091-2025_-_lombada_bairro_cachoeirinha.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1972/requerimento_no_092-2025_mateus_-_politicas_culturais_delfim_moreira.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2046/requerimento_no_093-2025_todos___-_pac_minha_casa_minha_vida.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2047/requerimento_no_094-2025_heder_mateus_-_casarao_dona_marina.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2048/req_95-2025.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2049/requerimento_no_096-2025_antonio_mateus_-_placas_barra.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2051/requerimento_no_098-2025_stella_coordenadora_da_saude.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2052/requerimento_no_099-2025_thiago-_jucemar_hotel_pocos_de_caldas.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2053/requerimento_no_100-2025_thiago_listagem_pacientes.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2057/requerimento_no_101-2025_mateus_informacoes_workshop.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2058/requerimento_no_102-2025_stella_entulhos.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2061/requerimento_no_105_-2025_mateus_audiencia_publica.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2062/requerimento_no_106-2025_stella__tombamento.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2063/requerimento_no_107-2025_stella_e_heder__conselhos_municipais.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2064/requerimento_no_108-2025_stella_fogos.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2065/requerimento_no_109-2025_stella_cemig.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2066/requerimento_no_110-2025_jucemar_-_defesa_civil.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2067/requerimento_no_111-2025_stella_carros_manutencoes.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2068/requerimento_no_112-2025_stella_rua_laudelino_marcondes_-_manutencoes.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2069/requerimento_no_113-2025_stella_heder_-_folha_de_ponto.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2070/requerimento_no_114-2025_sebastiao_-_solicita_informacao_insalubre.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2071/requerimento_no_115_-2025_mateus_biblioteca.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2072/requerimento_no_116-2025_cobranca_emenda_impositiva.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2073/requerimento_no_117-2025_c_saude-__audiencia_publica_saude.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2074/requerimento_no_118-2025_c_saude-__gratificacao_servidor_vacinacao.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2075/requerimento_no_119-2025_tonho_-_obras_-___limpeza_podas_bairro_barrinha.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2076/requerimento_no_120-2025_heder_-_prefeito_-___informacoes_de_pendencias.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2077/requerimento_no_121-2025_zeze__calcamento_filomena.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2078/requerimento_no_122-2025_mateus_-_defesa_civil.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2079/requerimento_no_123-2025_mateus_-_resp_prefeito.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2081/requerimento_no_125-2025_mateus_-_emenda_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2082/requerimento_no_126-2025_mateus_-_escola_rio_comprido.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2083/requerimento_no_127-2025_mateus_-_comissao_de_fiancas_-_solicitacao_emendas.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2084/requerimento_no_128-2025_mateus_-heder_gratificacoes.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2085/requerimento_no_129-2025_mateus_-_placas_quebradas_turismo.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2086/requerimento_no_130-2025_c_saude_-___informacoes__saude.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1600/pl_01.2025.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1601/pl_02.2025.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1675/pl_03.2025-_autoriza_doacao_de_motocicletas_policia.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1716/pl_04.2025-_autoriza_financiamento_bdmg_1.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1792/pl_05.2025-_ldo.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1793/pl_06.2025-_revogacao_da_lei_de_doacao_de_terreno_a_camara.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1794/pl_07.2025-_doacao_de_uniformes.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1838/pl_08.2025-_cria_incentivo_ao_torneio_leiteiro_da_barra.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1840/pl_09.2025-_nova_redacaopl_diaria__mexico.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1876/pl_10.2025-_pl_rpp_ns.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1912/pl_11.2025-_pl_novo_fundo_animais_1.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1913/pl_12.2025-_altera_codigo_tributario.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1914/pl_13.2025_-_doacao_bens_moveis_2_1.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1916/pl_14.2025-_altera_estatuto.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1973/pl_15.2025_loa_2026_-_pmdm_revisado.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1974/pl_16.2025_-_subvencao_2026_-_pmdm.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1975/pl_17.2025_ppa_-_2026-2029_-_pmdm_1.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1979/pl_18.2025-_prorroga_pme_1.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1988/pl_19.2025-_delimita_area_urbana_consolidade.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1989/pl_20.2025-_institui_a_premiacao_do_hino.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1990/pl_21.2025-_institui_o_decimo_terceiro_vale_1.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1991/pl_22.2025-_ratifica_clausulas_cimasp.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1992/pl_23.2025_suplementacao_por_anulacao.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2054/pl_24.2025-_institui_a_subvencao_carnaval_2026_aedem.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2055/pl_25.2025_altera_estatuto.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2087/pl_26.2025_qualificacao_de_oss.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2088/pl_27.2025_suplementacao_por_anulacao_folha_dezembro_1.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1641/projeto_de_resolucao_no_01_-_banco_de_horas.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1642/projeto_de_resolucao_no_02_-_altera_resolucao_6.2023.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1643/projeto_de_resolucao_no_03_-_altera_resolucao_6.2024.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1903/projeto_de_resolucao_no_04_-_sic.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1981/projeto_de_resolucao_no_05_-_altera_resolucao_04.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1602/mocao_01-2025_aplausos_padre.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1676/mocao_02-2025_-_mocao_de_aplauso_-_funcionarios_da_obras.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1677/mocao_03-2025-_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1712/mocao_04-2025_-_mocao_de_aplauso_-_associacao_agua_limpa.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1795/mocao_05-2025_-_mocao_de_aplauso_-_associacao_rio_claro.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1796/mocao_06-2025_-_mocao_de_aplausos_-_enfermeiras.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1797/mocao_07-2025_-_mocao_de_aplausos_-_pastor.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1798/mocao_08-2025_-_mocao_de_aplauso_-_associacao_barra.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1799/mocao_09-2025_-_mocao_de_aplauso_-_pm.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1836/projeto_decreto_legislativo_01-2025_-_benemerito.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1837/projeto_decreto_legislativo_02-2025_-_honorario.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1902/projeto_decreto_legislativo_03-2025_prestacao_de_contas.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1567/pl_01._2025_criacao_de_vaga_enfermeiro.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1603/plc_02.2025_gratificacao_agente_de_contratacao.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1978/plc_03.2025-_altera_codigo_tributario.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1982/plc_04.2025-_altera_codigo_de_posturas.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1986/plc_05.2025-_altera_codigo_tributario_art._33_1.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1987/plc_06.2025-_revoga_artigo_codigo_de_obras.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1638/pll_no_01_-_2025_-_reajuste_vale_mesa.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1639/pll_no_02_-_2025_reajuste_servidores_mesa..pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1640/pll_no_03_-_2025_-_emprestimo_consignado.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1644/pll_no_04_-_2025_-_ideologia_de_generos_-heder.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1668/pll_no_05_-_2025_-_nomeacao_rua_caquende-_thiago.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1669/pll_no_06-_2025__nome_de_rua_jucemar.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1711/pll_no_07_-_2025_-_fibromialgia_-_thiago.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1713/pll_no_08_-_2025_-_artesanato-_mateus.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1714/pll_no_09_-_2025_-_cancer_de_mama_-_thiago.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1715/pll_no_10-_stella_fogos.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1800/pll_no_11_-_2025_-_campo_limpo_-_thiago.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1835/pll_no_12_-_2025_-_semana_produtor_rural_-_sebastiao.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1839/pll_no_13_-_2025_-_stella-_thiago_tratamento_prioritario.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1904/pll_no_14-_heder_fios_soltos.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1915/pll_no_15-_2025_-_stella-_nois_e_bruta.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1976/pll_no_16_-_2025_-_thiago_exposicao_torneio_leiteiro.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1977/pll_no_17-_2025_-atleta_amador-heder.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1980/pll_no18_-_2025_-estagio.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1983/pll_no_19-_2025_-adocao_espaco_publico-heder_ok.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1984/pll_no_20-_2025_-_stella-_carnaval_rc.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/1985/pll_no_21-_2025_-cuidador_de_idoso-heder.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/materialegislativa/2025/2056/pll_no_22-2025_stella__fornecer_gratuitamente_medicamentos_para_o_tratamento_da_esporotricose.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H522"/>
+  <dimension ref="A1:H528"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="216.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="172.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -14681,5236 +14750,5392 @@
       </c>
       <c r="C321" t="s">
         <v>1319</v>
       </c>
       <c r="D321" t="s">
         <v>11</v>
       </c>
       <c r="E321" t="s">
         <v>12</v>
       </c>
       <c r="G321" s="1" t="s">
         <v>1320</v>
       </c>
       <c r="H321" t="s">
         <v>1321</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
         <v>1322</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>10</v>
+        <v>1323</v>
       </c>
       <c r="D322" t="s">
-        <v>1323</v>
+        <v>11</v>
       </c>
       <c r="E322" t="s">
+        <v>12</v>
+      </c>
+      <c r="F322" t="s">
         <v>1324</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="G322" s="1" t="s">
         <v>1325</v>
       </c>
       <c r="H322" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
         <v>1327</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>17</v>
+        <v>1328</v>
       </c>
       <c r="D323" t="s">
-        <v>1323</v>
+        <v>11</v>
       </c>
       <c r="E323" t="s">
-        <v>1324</v>
+        <v>12</v>
       </c>
       <c r="F323" t="s">
-        <v>27</v>
+        <v>156</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="H323" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>1330</v>
+        <v>1331</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>21</v>
+        <v>1332</v>
       </c>
       <c r="D324" t="s">
-        <v>1323</v>
+        <v>11</v>
       </c>
       <c r="E324" t="s">
-        <v>1324</v>
+        <v>12</v>
       </c>
       <c r="F324" t="s">
-        <v>40</v>
+        <v>583</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>1331</v>
+        <v>1333</v>
       </c>
       <c r="H324" t="s">
-        <v>1332</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>1333</v>
+        <v>1335</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>26</v>
+        <v>1336</v>
       </c>
       <c r="D325" t="s">
-        <v>1323</v>
+        <v>11</v>
       </c>
       <c r="E325" t="s">
-        <v>1324</v>
+        <v>12</v>
       </c>
       <c r="F325" t="s">
-        <v>22</v>
+        <v>156</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>1334</v>
+        <v>1337</v>
       </c>
       <c r="H325" t="s">
-        <v>1335</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>1336</v>
+        <v>1339</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>31</v>
+        <v>1340</v>
       </c>
       <c r="D326" t="s">
-        <v>1323</v>
+        <v>11</v>
       </c>
       <c r="E326" t="s">
-        <v>1324</v>
+        <v>12</v>
       </c>
       <c r="F326" t="s">
         <v>27</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>1337</v>
+        <v>1341</v>
       </c>
       <c r="H326" t="s">
-        <v>1338</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>1339</v>
+        <v>1343</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="D327" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E327" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F327" t="s">
-        <v>232</v>
+        <v>27</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>1340</v>
+        <v>1346</v>
       </c>
       <c r="H327" t="s">
-        <v>1341</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>1342</v>
+        <v>1348</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="D328" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E328" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F328" t="s">
-        <v>156</v>
+        <v>27</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>1343</v>
+        <v>1349</v>
       </c>
       <c r="H328" t="s">
-        <v>1344</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
+        <v>1351</v>
+      </c>
+      <c r="B329" t="s">
+        <v>9</v>
+      </c>
+      <c r="C329" t="s">
+        <v>21</v>
+      </c>
+      <c r="D329" t="s">
+        <v>1344</v>
+      </c>
+      <c r="E329" t="s">
         <v>1345</v>
       </c>
-      <c r="B329" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F329" t="s">
-        <v>156</v>
+        <v>40</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>1346</v>
+        <v>1352</v>
       </c>
       <c r="H329" t="s">
-        <v>1347</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>1348</v>
+        <v>1354</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="D330" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E330" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F330" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>1349</v>
+        <v>1355</v>
       </c>
       <c r="H330" t="s">
-        <v>1350</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>1351</v>
+        <v>1357</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>53</v>
+        <v>31</v>
       </c>
       <c r="D331" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E331" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F331" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>1352</v>
+        <v>1358</v>
       </c>
       <c r="H331" t="s">
-        <v>1353</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>1354</v>
+        <v>1360</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>57</v>
+        <v>35</v>
       </c>
       <c r="D332" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E332" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F332" t="s">
-        <v>1355</v>
+        <v>232</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>1356</v>
+        <v>1361</v>
       </c>
       <c r="H332" t="s">
-        <v>1357</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>1358</v>
+        <v>1363</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>61</v>
+        <v>39</v>
       </c>
       <c r="D333" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E333" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F333" t="s">
-        <v>40</v>
+        <v>156</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>1359</v>
+        <v>1364</v>
       </c>
       <c r="H333" t="s">
-        <v>1360</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>1361</v>
+        <v>1366</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>65</v>
+        <v>44</v>
       </c>
       <c r="D334" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E334" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F334" t="s">
-        <v>40</v>
+        <v>156</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>1362</v>
+        <v>1367</v>
       </c>
       <c r="H334" t="s">
-        <v>1363</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>1364</v>
+        <v>1369</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>70</v>
+        <v>49</v>
       </c>
       <c r="D335" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E335" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F335" t="s">
-        <v>13</v>
+        <v>40</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>1365</v>
+        <v>1370</v>
       </c>
       <c r="H335" t="s">
-        <v>1366</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>1367</v>
+        <v>1372</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>74</v>
+        <v>53</v>
       </c>
       <c r="D336" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E336" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F336" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>1368</v>
+        <v>1373</v>
       </c>
       <c r="H336" t="s">
-        <v>1369</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>1370</v>
+        <v>1375</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>78</v>
+        <v>57</v>
       </c>
       <c r="D337" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E337" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F337" t="s">
-        <v>27</v>
+        <v>1376</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>1371</v>
+        <v>1377</v>
       </c>
       <c r="H337" t="s">
-        <v>1372</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>1373</v>
+        <v>1379</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>82</v>
+        <v>61</v>
       </c>
       <c r="D338" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E338" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F338" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>1374</v>
+        <v>1380</v>
       </c>
       <c r="H338" t="s">
-        <v>1375</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>1376</v>
+        <v>1382</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>87</v>
+        <v>65</v>
       </c>
       <c r="D339" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E339" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F339" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>1377</v>
+        <v>1383</v>
       </c>
       <c r="H339" t="s">
-        <v>1378</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>1379</v>
+        <v>1385</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>91</v>
+        <v>70</v>
       </c>
       <c r="D340" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E340" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F340" t="s">
-        <v>1380</v>
+        <v>13</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>1381</v>
+        <v>1386</v>
       </c>
       <c r="H340" t="s">
-        <v>1382</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>1383</v>
+        <v>1388</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>96</v>
+        <v>74</v>
       </c>
       <c r="D341" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E341" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F341" t="s">
         <v>27</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>1384</v>
+        <v>1389</v>
       </c>
       <c r="H341" t="s">
-        <v>1385</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>1386</v>
+        <v>1391</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>100</v>
+        <v>78</v>
       </c>
       <c r="D342" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E342" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F342" t="s">
-        <v>151</v>
+        <v>27</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>1387</v>
+        <v>1392</v>
       </c>
       <c r="H342" t="s">
-        <v>1388</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>1389</v>
+        <v>1394</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="D343" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E343" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F343" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>1390</v>
+        <v>1395</v>
       </c>
       <c r="H343" t="s">
-        <v>1391</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>1392</v>
+        <v>1397</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>108</v>
+        <v>87</v>
       </c>
       <c r="D344" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E344" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F344" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>1393</v>
+        <v>1398</v>
       </c>
       <c r="H344" t="s">
-        <v>1394</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>1395</v>
+        <v>1400</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>113</v>
+        <v>91</v>
       </c>
       <c r="D345" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E345" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F345" t="s">
-        <v>22</v>
+        <v>1401</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>1396</v>
+        <v>1402</v>
       </c>
       <c r="H345" t="s">
-        <v>1397</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>1398</v>
+        <v>1404</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>117</v>
+        <v>96</v>
       </c>
       <c r="D346" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E346" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F346" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>1399</v>
+        <v>1405</v>
       </c>
       <c r="H346" t="s">
-        <v>1400</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>1401</v>
+        <v>1407</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>121</v>
+        <v>100</v>
       </c>
       <c r="D347" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E347" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F347" t="s">
-        <v>66</v>
+        <v>151</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>1402</v>
+        <v>1408</v>
       </c>
       <c r="H347" t="s">
-        <v>1403</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>1404</v>
+        <v>1410</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>125</v>
+        <v>104</v>
       </c>
       <c r="D348" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E348" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F348" t="s">
-        <v>66</v>
+        <v>40</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>1405</v>
+        <v>1411</v>
       </c>
       <c r="H348" t="s">
-        <v>1406</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>1407</v>
+        <v>1413</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>130</v>
+        <v>108</v>
       </c>
       <c r="D349" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E349" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F349" t="s">
         <v>22</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>1408</v>
+        <v>1414</v>
       </c>
       <c r="H349" t="s">
-        <v>1409</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>1410</v>
+        <v>1416</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>134</v>
+        <v>113</v>
       </c>
       <c r="D350" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E350" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F350" t="s">
         <v>22</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>1411</v>
+        <v>1417</v>
       </c>
       <c r="H350" t="s">
-        <v>1412</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>1413</v>
+        <v>1419</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
-        <v>138</v>
+        <v>117</v>
       </c>
       <c r="D351" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E351" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F351" t="s">
         <v>22</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>1414</v>
+        <v>1420</v>
       </c>
       <c r="H351" t="s">
-        <v>1415</v>
+        <v>1421</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>1416</v>
+        <v>1422</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>142</v>
+        <v>121</v>
       </c>
       <c r="D352" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E352" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F352" t="s">
-        <v>27</v>
+        <v>66</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>1417</v>
+        <v>1423</v>
       </c>
       <c r="H352" t="s">
-        <v>1418</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>1419</v>
+        <v>1425</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
-        <v>146</v>
+        <v>125</v>
       </c>
       <c r="D353" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E353" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F353" t="s">
         <v>66</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>1420</v>
+        <v>1426</v>
       </c>
       <c r="H353" t="s">
-        <v>1421</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>1422</v>
+        <v>1428</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
-        <v>150</v>
+        <v>130</v>
       </c>
       <c r="D354" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E354" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F354" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>1423</v>
+        <v>1429</v>
       </c>
       <c r="H354" t="s">
-        <v>1424</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>1425</v>
+        <v>1431</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
-        <v>155</v>
+        <v>134</v>
       </c>
       <c r="D355" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E355" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F355" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>1426</v>
+        <v>1432</v>
       </c>
       <c r="H355" t="s">
-        <v>1427</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>1428</v>
+        <v>1434</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
-        <v>160</v>
+        <v>138</v>
       </c>
       <c r="D356" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E356" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F356" t="s">
         <v>22</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>1429</v>
+        <v>1435</v>
       </c>
       <c r="H356" t="s">
-        <v>1430</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>1431</v>
+        <v>1437</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
-        <v>164</v>
+        <v>142</v>
       </c>
       <c r="D357" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E357" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F357" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>1432</v>
+        <v>1438</v>
       </c>
       <c r="H357" t="s">
-        <v>1433</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>1434</v>
+        <v>1440</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
-        <v>168</v>
+        <v>146</v>
       </c>
       <c r="D358" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E358" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F358" t="s">
-        <v>27</v>
+        <v>66</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>1435</v>
+        <v>1441</v>
       </c>
       <c r="H358" t="s">
-        <v>1436</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>1437</v>
+        <v>1443</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
-        <v>173</v>
+        <v>150</v>
       </c>
       <c r="D359" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E359" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F359" t="s">
         <v>40</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>1438</v>
+        <v>1444</v>
       </c>
       <c r="H359" t="s">
-        <v>1439</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>1440</v>
+        <v>1446</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
-        <v>177</v>
+        <v>155</v>
       </c>
       <c r="D360" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E360" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F360" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>1441</v>
+        <v>1447</v>
       </c>
       <c r="H360" t="s">
-        <v>1442</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>1443</v>
+        <v>1449</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
-        <v>182</v>
+        <v>160</v>
       </c>
       <c r="D361" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E361" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F361" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>1444</v>
+        <v>1450</v>
       </c>
       <c r="H361" t="s">
-        <v>1445</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>1446</v>
+        <v>1452</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
-        <v>186</v>
+        <v>164</v>
       </c>
       <c r="D362" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E362" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F362" t="s">
-        <v>743</v>
+        <v>40</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>1447</v>
+        <v>1453</v>
       </c>
       <c r="H362" t="s">
-        <v>1448</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>1449</v>
+        <v>1455</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
-        <v>190</v>
+        <v>168</v>
       </c>
       <c r="D363" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E363" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F363" t="s">
-        <v>1450</v>
+        <v>27</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>1451</v>
+        <v>1456</v>
       </c>
       <c r="H363" t="s">
-        <v>1452</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>1453</v>
+        <v>1458</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
-        <v>194</v>
+        <v>173</v>
       </c>
       <c r="D364" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E364" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F364" t="s">
-        <v>245</v>
+        <v>40</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>1454</v>
+        <v>1459</v>
       </c>
       <c r="H364" t="s">
-        <v>1455</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>1456</v>
+        <v>1461</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
-        <v>198</v>
+        <v>177</v>
       </c>
       <c r="D365" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E365" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F365" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>1457</v>
+        <v>1462</v>
       </c>
       <c r="H365" t="s">
-        <v>1458</v>
+        <v>1463</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>1459</v>
+        <v>1464</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>202</v>
+        <v>182</v>
       </c>
       <c r="D366" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E366" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F366" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>1460</v>
+        <v>1465</v>
       </c>
       <c r="H366" t="s">
-        <v>1461</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>1462</v>
+        <v>1467</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
-        <v>206</v>
+        <v>186</v>
       </c>
       <c r="D367" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E367" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F367" t="s">
-        <v>1463</v>
+        <v>743</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>1464</v>
+        <v>1468</v>
       </c>
       <c r="H367" t="s">
-        <v>1465</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>1466</v>
+        <v>1470</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
-        <v>211</v>
+        <v>190</v>
       </c>
       <c r="D368" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E368" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F368" t="s">
-        <v>1467</v>
+        <v>1471</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>1468</v>
+        <v>1472</v>
       </c>
       <c r="H368" t="s">
-        <v>1469</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>1470</v>
+        <v>1474</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
-        <v>215</v>
+        <v>194</v>
       </c>
       <c r="D369" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E369" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F369" t="s">
-        <v>83</v>
+        <v>245</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>476</v>
+        <v>1475</v>
       </c>
       <c r="H369" t="s">
-        <v>1471</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>1472</v>
+        <v>1477</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
-        <v>219</v>
+        <v>198</v>
       </c>
       <c r="D370" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E370" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F370" t="s">
-        <v>1473</v>
+        <v>40</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>476</v>
+        <v>1478</v>
       </c>
       <c r="H370" t="s">
-        <v>1474</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>1475</v>
+        <v>1480</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
-        <v>223</v>
+        <v>202</v>
       </c>
       <c r="D371" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E371" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F371" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>1476</v>
+        <v>1481</v>
       </c>
       <c r="H371" t="s">
-        <v>1477</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>1478</v>
+        <v>1483</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
-        <v>227</v>
+        <v>206</v>
       </c>
       <c r="D372" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E372" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F372" t="s">
-        <v>22</v>
+        <v>1484</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>1479</v>
+        <v>1485</v>
       </c>
       <c r="H372" t="s">
-        <v>1480</v>
+        <v>1486</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>1481</v>
+        <v>1487</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
-        <v>231</v>
+        <v>211</v>
       </c>
       <c r="D373" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E373" t="s">
-        <v>1324</v>
+        <v>1345</v>
+      </c>
+      <c r="F373" t="s">
+        <v>1488</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>1482</v>
+        <v>1489</v>
       </c>
       <c r="H373" t="s">
-        <v>1483</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>1484</v>
+        <v>1491</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
-        <v>236</v>
+        <v>215</v>
       </c>
       <c r="D374" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E374" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F374" t="s">
-        <v>27</v>
+        <v>83</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>1485</v>
+        <v>476</v>
       </c>
       <c r="H374" t="s">
-        <v>1486</v>
+        <v>1492</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>1487</v>
+        <v>1493</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
-        <v>240</v>
+        <v>219</v>
       </c>
       <c r="D375" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E375" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F375" t="s">
-        <v>310</v>
+        <v>1494</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>1488</v>
+        <v>476</v>
       </c>
       <c r="H375" t="s">
-        <v>1489</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>1490</v>
+        <v>1496</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
-        <v>244</v>
+        <v>223</v>
       </c>
       <c r="D376" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E376" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F376" t="s">
-        <v>1491</v>
+        <v>27</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>1492</v>
+        <v>1497</v>
       </c>
       <c r="H376" t="s">
-        <v>1493</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>1494</v>
+        <v>1499</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
-        <v>249</v>
+        <v>227</v>
       </c>
       <c r="D377" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E377" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F377" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>1495</v>
+        <v>1500</v>
       </c>
       <c r="H377" t="s">
-        <v>1496</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>1497</v>
+        <v>1502</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
-        <v>253</v>
+        <v>231</v>
       </c>
       <c r="D378" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E378" t="s">
-        <v>1324</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>1345</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>1498</v>
+        <v>1503</v>
       </c>
       <c r="H378" t="s">
-        <v>1499</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>1500</v>
+        <v>1505</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
-        <v>257</v>
+        <v>236</v>
       </c>
       <c r="D379" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E379" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F379" t="s">
         <v>27</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>1501</v>
+        <v>1506</v>
       </c>
       <c r="H379" t="s">
-        <v>1502</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>1503</v>
+        <v>1508</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
-        <v>261</v>
+        <v>240</v>
       </c>
       <c r="D380" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E380" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F380" t="s">
-        <v>27</v>
+        <v>310</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>1504</v>
+        <v>1509</v>
       </c>
       <c r="H380" t="s">
-        <v>1505</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>1506</v>
+        <v>1511</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
-        <v>265</v>
+        <v>244</v>
       </c>
       <c r="D381" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E381" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F381" t="s">
-        <v>310</v>
+        <v>1512</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>1507</v>
+        <v>1513</v>
       </c>
       <c r="H381" t="s">
-        <v>1508</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>1509</v>
+        <v>1515</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
-        <v>269</v>
+        <v>249</v>
       </c>
       <c r="D382" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E382" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F382" t="s">
-        <v>156</v>
+        <v>40</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>1510</v>
+        <v>1516</v>
       </c>
       <c r="H382" t="s">
-        <v>1511</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>1512</v>
+        <v>1518</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
-        <v>273</v>
+        <v>253</v>
       </c>
       <c r="D383" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E383" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F383" t="s">
-        <v>156</v>
+        <v>40</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>1513</v>
+        <v>1519</v>
       </c>
       <c r="H383" t="s">
-        <v>1514</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>1515</v>
+        <v>1521</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
-        <v>277</v>
+        <v>257</v>
       </c>
       <c r="D384" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E384" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F384" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>1516</v>
+        <v>1522</v>
       </c>
       <c r="H384" t="s">
-        <v>1517</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>1518</v>
+        <v>1524</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
-        <v>281</v>
+        <v>261</v>
       </c>
       <c r="D385" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E385" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F385" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>1519</v>
+        <v>1525</v>
       </c>
       <c r="H385" t="s">
-        <v>1520</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>1521</v>
+        <v>1527</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
-        <v>285</v>
+        <v>265</v>
       </c>
       <c r="D386" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E386" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F386" t="s">
         <v>310</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>1522</v>
+        <v>1528</v>
       </c>
       <c r="H386" t="s">
-        <v>1523</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>1524</v>
+        <v>1530</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
-        <v>290</v>
+        <v>269</v>
       </c>
       <c r="D387" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E387" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F387" t="s">
-        <v>1491</v>
+        <v>156</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>1525</v>
+        <v>1531</v>
       </c>
       <c r="H387" t="s">
-        <v>1526</v>
+        <v>1532</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>1527</v>
+        <v>1533</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
-        <v>295</v>
+        <v>273</v>
       </c>
       <c r="D388" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E388" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F388" t="s">
-        <v>310</v>
+        <v>156</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>1528</v>
+        <v>1534</v>
       </c>
       <c r="H388" t="s">
-        <v>1529</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>1530</v>
+        <v>1536</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
-        <v>299</v>
+        <v>277</v>
       </c>
       <c r="D389" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E389" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F389" t="s">
-        <v>310</v>
+        <v>40</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>1531</v>
+        <v>1537</v>
       </c>
       <c r="H389" t="s">
-        <v>1532</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>1533</v>
+        <v>1539</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
-        <v>304</v>
+        <v>281</v>
       </c>
       <c r="D390" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E390" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F390" t="s">
-        <v>1534</v>
+        <v>13</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>1535</v>
+        <v>1540</v>
       </c>
       <c r="H390" t="s">
-        <v>1536</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>1537</v>
+        <v>1542</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
-        <v>309</v>
+        <v>285</v>
       </c>
       <c r="D391" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E391" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F391" t="s">
-        <v>27</v>
+        <v>310</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>1538</v>
+        <v>1543</v>
       </c>
       <c r="H391" t="s">
-        <v>1539</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>1540</v>
+        <v>1545</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
-        <v>314</v>
+        <v>290</v>
       </c>
       <c r="D392" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E392" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F392" t="s">
-        <v>1541</v>
+        <v>1512</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>1542</v>
+        <v>1546</v>
       </c>
       <c r="H392" t="s">
-        <v>1543</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
-        <v>1544</v>
+        <v>1548</v>
       </c>
       <c r="B393" t="s">
         <v>9</v>
       </c>
       <c r="C393" t="s">
-        <v>318</v>
+        <v>295</v>
       </c>
       <c r="D393" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E393" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F393" t="s">
-        <v>861</v>
+        <v>310</v>
       </c>
       <c r="G393" s="1" t="s">
-        <v>1545</v>
+        <v>1549</v>
       </c>
       <c r="H393" t="s">
-        <v>1546</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
-        <v>1547</v>
+        <v>1551</v>
       </c>
       <c r="B394" t="s">
         <v>9</v>
       </c>
       <c r="C394" t="s">
-        <v>322</v>
+        <v>299</v>
       </c>
       <c r="D394" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E394" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F394" t="s">
-        <v>1541</v>
+        <v>310</v>
       </c>
       <c r="G394" s="1" t="s">
-        <v>1548</v>
+        <v>1552</v>
       </c>
       <c r="H394" t="s">
-        <v>1549</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
-        <v>1550</v>
+        <v>1554</v>
       </c>
       <c r="B395" t="s">
         <v>9</v>
       </c>
       <c r="C395" t="s">
-        <v>327</v>
+        <v>304</v>
       </c>
       <c r="D395" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E395" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F395" t="s">
-        <v>92</v>
+        <v>1555</v>
       </c>
       <c r="G395" s="1" t="s">
-        <v>476</v>
+        <v>1556</v>
       </c>
       <c r="H395" t="s">
-        <v>1551</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
-        <v>1552</v>
+        <v>1558</v>
       </c>
       <c r="B396" t="s">
         <v>9</v>
       </c>
       <c r="C396" t="s">
-        <v>331</v>
+        <v>309</v>
       </c>
       <c r="D396" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E396" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F396" t="s">
-        <v>1541</v>
+        <v>27</v>
       </c>
       <c r="G396" s="1" t="s">
-        <v>1553</v>
+        <v>1559</v>
       </c>
       <c r="H396" t="s">
-        <v>1554</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>1555</v>
+        <v>1561</v>
       </c>
       <c r="B397" t="s">
         <v>9</v>
       </c>
       <c r="C397" t="s">
-        <v>335</v>
+        <v>314</v>
       </c>
       <c r="D397" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E397" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F397" t="s">
-        <v>1491</v>
+        <v>1562</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>1556</v>
+        <v>1563</v>
       </c>
       <c r="H397" t="s">
-        <v>1557</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>1558</v>
+        <v>1565</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
-        <v>339</v>
+        <v>318</v>
       </c>
       <c r="D398" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E398" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F398" t="s">
-        <v>13</v>
+        <v>861</v>
       </c>
       <c r="G398" s="1" t="s">
-        <v>1559</v>
+        <v>1566</v>
       </c>
       <c r="H398" t="s">
-        <v>1560</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
-        <v>1561</v>
+        <v>1568</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
-        <v>343</v>
+        <v>322</v>
       </c>
       <c r="D399" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E399" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F399" t="s">
-        <v>27</v>
+        <v>1562</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>476</v>
+        <v>1569</v>
       </c>
       <c r="H399" t="s">
-        <v>1562</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
-        <v>1563</v>
+        <v>1571</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
-        <v>347</v>
+        <v>327</v>
       </c>
       <c r="D400" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E400" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F400" t="s">
-        <v>305</v>
+        <v>92</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>1564</v>
+        <v>476</v>
       </c>
       <c r="H400" t="s">
-        <v>1565</v>
+        <v>1572</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>1566</v>
+        <v>1573</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
-        <v>351</v>
+        <v>331</v>
       </c>
       <c r="D401" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E401" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F401" t="s">
-        <v>92</v>
+        <v>1562</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>1567</v>
+        <v>1574</v>
       </c>
       <c r="H401" t="s">
-        <v>1568</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
-        <v>1569</v>
+        <v>1576</v>
       </c>
       <c r="B402" t="s">
         <v>9</v>
       </c>
       <c r="C402" t="s">
-        <v>355</v>
+        <v>335</v>
       </c>
       <c r="D402" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E402" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F402" t="s">
-        <v>492</v>
+        <v>1512</v>
       </c>
       <c r="G402" s="1" t="s">
-        <v>1570</v>
+        <v>1577</v>
       </c>
       <c r="H402" t="s">
-        <v>1571</v>
+        <v>1578</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
-        <v>1572</v>
+        <v>1579</v>
       </c>
       <c r="B403" t="s">
         <v>9</v>
       </c>
       <c r="C403" t="s">
-        <v>359</v>
+        <v>339</v>
       </c>
       <c r="D403" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E403" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F403" t="s">
-        <v>492</v>
+        <v>13</v>
       </c>
       <c r="G403" s="1" t="s">
-        <v>1573</v>
+        <v>1580</v>
       </c>
       <c r="H403" t="s">
-        <v>1574</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
-        <v>1575</v>
+        <v>1582</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
-        <v>363</v>
+        <v>343</v>
       </c>
       <c r="D404" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E404" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F404" t="s">
-        <v>1576</v>
+        <v>27</v>
       </c>
       <c r="G404" s="1" t="s">
-        <v>1577</v>
+        <v>476</v>
       </c>
       <c r="H404" t="s">
-        <v>1578</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
-        <v>1579</v>
+        <v>1584</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
-        <v>367</v>
+        <v>347</v>
       </c>
       <c r="D405" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E405" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F405" t="s">
-        <v>92</v>
+        <v>305</v>
       </c>
       <c r="G405" s="1" t="s">
-        <v>1580</v>
+        <v>1585</v>
       </c>
       <c r="H405" t="s">
-        <v>1581</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
-        <v>1582</v>
+        <v>1587</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
-        <v>371</v>
+        <v>351</v>
       </c>
       <c r="D406" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E406" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F406" t="s">
         <v>92</v>
       </c>
       <c r="G406" s="1" t="s">
-        <v>1583</v>
+        <v>1588</v>
       </c>
       <c r="H406" t="s">
-        <v>1584</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
-        <v>1585</v>
+        <v>1590</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
-        <v>375</v>
+        <v>355</v>
       </c>
       <c r="D407" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E407" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F407" t="s">
-        <v>245</v>
+        <v>492</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>1586</v>
+        <v>1591</v>
       </c>
       <c r="H407" t="s">
-        <v>1587</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
-        <v>1588</v>
+        <v>1593</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="C408" t="s">
-        <v>379</v>
+        <v>359</v>
       </c>
       <c r="D408" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E408" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F408" t="s">
-        <v>27</v>
+        <v>492</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>1589</v>
+        <v>1594</v>
       </c>
       <c r="H408" t="s">
-        <v>1590</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
-        <v>1591</v>
+        <v>1596</v>
       </c>
       <c r="B409" t="s">
         <v>9</v>
       </c>
       <c r="C409" t="s">
-        <v>383</v>
+        <v>363</v>
       </c>
       <c r="D409" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E409" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F409" t="s">
-        <v>22</v>
+        <v>1597</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>1592</v>
+        <v>1598</v>
       </c>
       <c r="H409" t="s">
-        <v>1593</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
-        <v>1594</v>
+        <v>1600</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
-        <v>387</v>
+        <v>367</v>
       </c>
       <c r="D410" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E410" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F410" t="s">
-        <v>40</v>
+        <v>92</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>1595</v>
+        <v>1601</v>
       </c>
       <c r="H410" t="s">
-        <v>1596</v>
+        <v>1602</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>1597</v>
+        <v>1603</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
-        <v>391</v>
+        <v>371</v>
       </c>
       <c r="D411" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E411" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F411" t="s">
-        <v>66</v>
+        <v>92</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>1598</v>
+        <v>1604</v>
       </c>
       <c r="H411" t="s">
-        <v>1599</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>1600</v>
+        <v>1606</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
-        <v>395</v>
+        <v>375</v>
       </c>
       <c r="D412" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E412" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F412" t="s">
-        <v>310</v>
+        <v>245</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>1601</v>
+        <v>1607</v>
       </c>
       <c r="H412" t="s">
-        <v>1602</v>
+        <v>1608</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
-        <v>1603</v>
+        <v>1609</v>
       </c>
       <c r="B413" t="s">
         <v>9</v>
       </c>
       <c r="C413" t="s">
-        <v>399</v>
+        <v>379</v>
       </c>
       <c r="D413" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E413" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F413" t="s">
         <v>27</v>
       </c>
       <c r="G413" s="1" t="s">
-        <v>1604</v>
+        <v>1610</v>
       </c>
       <c r="H413" t="s">
-        <v>1605</v>
+        <v>1611</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
-        <v>1606</v>
+        <v>1612</v>
       </c>
       <c r="B414" t="s">
         <v>9</v>
       </c>
       <c r="C414" t="s">
-        <v>403</v>
+        <v>383</v>
       </c>
       <c r="D414" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E414" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F414" t="s">
-        <v>45</v>
+        <v>22</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>1607</v>
+        <v>1613</v>
       </c>
       <c r="H414" t="s">
-        <v>1608</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
-        <v>1609</v>
+        <v>1615</v>
       </c>
       <c r="B415" t="s">
         <v>9</v>
       </c>
       <c r="C415" t="s">
-        <v>407</v>
+        <v>387</v>
       </c>
       <c r="D415" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E415" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F415" t="s">
-        <v>92</v>
+        <v>40</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>1610</v>
+        <v>1616</v>
       </c>
       <c r="H415" t="s">
-        <v>1611</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
-        <v>1612</v>
+        <v>1618</v>
       </c>
       <c r="B416" t="s">
         <v>9</v>
       </c>
       <c r="C416" t="s">
-        <v>411</v>
+        <v>391</v>
       </c>
       <c r="D416" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E416" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F416" t="s">
-        <v>45</v>
+        <v>66</v>
       </c>
       <c r="G416" s="1" t="s">
-        <v>1613</v>
+        <v>1619</v>
       </c>
       <c r="H416" t="s">
-        <v>1614</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>1615</v>
+        <v>1621</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
-        <v>415</v>
+        <v>395</v>
       </c>
       <c r="D417" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E417" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F417" t="s">
-        <v>45</v>
+        <v>310</v>
       </c>
       <c r="G417" s="1" t="s">
-        <v>1616</v>
+        <v>1622</v>
       </c>
       <c r="H417" t="s">
-        <v>1617</v>
+        <v>1623</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
-        <v>1618</v>
+        <v>1624</v>
       </c>
       <c r="B418" t="s">
         <v>9</v>
       </c>
       <c r="C418" t="s">
-        <v>419</v>
+        <v>399</v>
       </c>
       <c r="D418" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E418" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F418" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>476</v>
+        <v>1625</v>
       </c>
       <c r="H418" t="s">
-        <v>1619</v>
+        <v>1626</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
-        <v>1620</v>
+        <v>1627</v>
       </c>
       <c r="B419" t="s">
         <v>9</v>
       </c>
       <c r="C419" t="s">
-        <v>423</v>
+        <v>403</v>
       </c>
       <c r="D419" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E419" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F419" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>1621</v>
+        <v>1628</v>
       </c>
       <c r="H419" t="s">
-        <v>1622</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
-        <v>1623</v>
+        <v>1630</v>
       </c>
       <c r="B420" t="s">
         <v>9</v>
       </c>
       <c r="C420" t="s">
-        <v>427</v>
+        <v>407</v>
       </c>
       <c r="D420" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E420" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F420" t="s">
-        <v>300</v>
+        <v>92</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>1624</v>
+        <v>1631</v>
       </c>
       <c r="H420" t="s">
-        <v>1625</v>
+        <v>1632</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
-        <v>1626</v>
+        <v>1633</v>
       </c>
       <c r="B421" t="s">
         <v>9</v>
       </c>
       <c r="C421" t="s">
-        <v>431</v>
+        <v>411</v>
       </c>
       <c r="D421" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E421" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F421" t="s">
-        <v>22</v>
+        <v>45</v>
       </c>
       <c r="G421" s="1" t="s">
-        <v>1627</v>
+        <v>1634</v>
       </c>
       <c r="H421" t="s">
-        <v>1628</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
-        <v>1629</v>
+        <v>1636</v>
       </c>
       <c r="B422" t="s">
         <v>9</v>
       </c>
       <c r="C422" t="s">
-        <v>435</v>
+        <v>415</v>
       </c>
       <c r="D422" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E422" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F422" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="G422" s="1" t="s">
-        <v>1630</v>
+        <v>1637</v>
       </c>
       <c r="H422" t="s">
-        <v>1631</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
-        <v>1632</v>
+        <v>1639</v>
       </c>
       <c r="B423" t="s">
         <v>9</v>
       </c>
       <c r="C423" t="s">
-        <v>439</v>
+        <v>419</v>
       </c>
       <c r="D423" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E423" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F423" t="s">
         <v>40</v>
       </c>
       <c r="G423" s="1" t="s">
-        <v>1633</v>
+        <v>476</v>
       </c>
       <c r="H423" t="s">
-        <v>1634</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
-        <v>1635</v>
+        <v>1641</v>
       </c>
       <c r="B424" t="s">
         <v>9</v>
       </c>
       <c r="C424" t="s">
-        <v>443</v>
+        <v>423</v>
       </c>
       <c r="D424" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E424" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F424" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>476</v>
+        <v>1642</v>
       </c>
       <c r="H424" t="s">
-        <v>1636</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
-        <v>1637</v>
+        <v>1644</v>
       </c>
       <c r="B425" t="s">
         <v>9</v>
       </c>
       <c r="C425" t="s">
-        <v>447</v>
+        <v>427</v>
       </c>
       <c r="D425" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E425" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F425" t="s">
-        <v>27</v>
+        <v>300</v>
       </c>
       <c r="G425" s="1" t="s">
-        <v>476</v>
+        <v>1645</v>
       </c>
       <c r="H425" t="s">
-        <v>1638</v>
+        <v>1646</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
-        <v>1639</v>
+        <v>1647</v>
       </c>
       <c r="B426" t="s">
         <v>9</v>
       </c>
       <c r="C426" t="s">
-        <v>451</v>
+        <v>431</v>
       </c>
       <c r="D426" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E426" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F426" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G426" s="1" t="s">
-        <v>1640</v>
+        <v>1648</v>
       </c>
       <c r="H426" t="s">
-        <v>1641</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
-        <v>1642</v>
+        <v>1650</v>
       </c>
       <c r="B427" t="s">
         <v>9</v>
       </c>
       <c r="C427" t="s">
-        <v>455</v>
+        <v>435</v>
       </c>
       <c r="D427" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E427" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F427" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="G427" s="1" t="s">
-        <v>1643</v>
+        <v>1651</v>
       </c>
       <c r="H427" t="s">
-        <v>1644</v>
+        <v>1652</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
-        <v>1645</v>
+        <v>1653</v>
       </c>
       <c r="B428" t="s">
         <v>9</v>
       </c>
       <c r="C428" t="s">
-        <v>459</v>
+        <v>439</v>
       </c>
       <c r="D428" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E428" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F428" t="s">
-        <v>1534</v>
+        <v>40</v>
       </c>
       <c r="G428" s="1" t="s">
-        <v>1646</v>
+        <v>1654</v>
       </c>
       <c r="H428" t="s">
-        <v>1647</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
-        <v>1648</v>
+        <v>1656</v>
       </c>
       <c r="B429" t="s">
         <v>9</v>
       </c>
       <c r="C429" t="s">
-        <v>463</v>
+        <v>443</v>
       </c>
       <c r="D429" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E429" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F429" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="G429" s="1" t="s">
-        <v>1649</v>
+        <v>476</v>
       </c>
       <c r="H429" t="s">
-        <v>1650</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
-        <v>1651</v>
+        <v>1658</v>
       </c>
       <c r="B430" t="s">
         <v>9</v>
       </c>
       <c r="C430" t="s">
-        <v>467</v>
+        <v>447</v>
       </c>
       <c r="D430" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E430" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F430" t="s">
-        <v>1652</v>
+        <v>27</v>
       </c>
       <c r="G430" s="1" t="s">
-        <v>1653</v>
+        <v>476</v>
       </c>
       <c r="H430" t="s">
-        <v>1654</v>
+        <v>1659</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
-        <v>1655</v>
+        <v>1660</v>
       </c>
       <c r="B431" t="s">
         <v>9</v>
       </c>
       <c r="C431" t="s">
-        <v>471</v>
+        <v>451</v>
       </c>
       <c r="D431" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E431" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F431" t="s">
-        <v>66</v>
+        <v>27</v>
       </c>
       <c r="G431" s="1" t="s">
-        <v>1656</v>
+        <v>1661</v>
       </c>
       <c r="H431" t="s">
-        <v>1657</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
-        <v>1658</v>
+        <v>1663</v>
       </c>
       <c r="B432" t="s">
         <v>9</v>
       </c>
       <c r="C432" t="s">
-        <v>475</v>
+        <v>455</v>
       </c>
       <c r="D432" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E432" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F432" t="s">
         <v>40</v>
       </c>
       <c r="G432" s="1" t="s">
-        <v>1659</v>
+        <v>1664</v>
       </c>
       <c r="H432" t="s">
-        <v>1660</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
-        <v>1661</v>
+        <v>1666</v>
       </c>
       <c r="B433" t="s">
         <v>9</v>
       </c>
       <c r="C433" t="s">
-        <v>479</v>
+        <v>459</v>
       </c>
       <c r="D433" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E433" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F433" t="s">
-        <v>40</v>
+        <v>1555</v>
       </c>
       <c r="G433" s="1" t="s">
-        <v>1662</v>
+        <v>1667</v>
       </c>
       <c r="H433" t="s">
-        <v>1663</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
-        <v>1664</v>
+        <v>1669</v>
       </c>
       <c r="B434" t="s">
         <v>9</v>
       </c>
       <c r="C434" t="s">
-        <v>483</v>
+        <v>463</v>
       </c>
       <c r="D434" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E434" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F434" t="s">
-        <v>1652</v>
+        <v>40</v>
       </c>
       <c r="G434" s="1" t="s">
-        <v>1665</v>
+        <v>1670</v>
       </c>
       <c r="H434" t="s">
-        <v>1666</v>
+        <v>1671</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
-        <v>1667</v>
+        <v>1672</v>
       </c>
       <c r="B435" t="s">
         <v>9</v>
       </c>
       <c r="C435" t="s">
-        <v>487</v>
+        <v>467</v>
       </c>
       <c r="D435" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E435" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F435" t="s">
-        <v>156</v>
+        <v>1673</v>
       </c>
       <c r="G435" s="1" t="s">
-        <v>1668</v>
+        <v>1674</v>
       </c>
       <c r="H435" t="s">
-        <v>1669</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
-        <v>1670</v>
+        <v>1676</v>
       </c>
       <c r="B436" t="s">
         <v>9</v>
       </c>
       <c r="C436" t="s">
-        <v>491</v>
+        <v>471</v>
       </c>
       <c r="D436" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E436" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F436" t="s">
-        <v>27</v>
+        <v>66</v>
       </c>
       <c r="G436" s="1" t="s">
-        <v>1671</v>
+        <v>1677</v>
       </c>
       <c r="H436" t="s">
-        <v>1672</v>
+        <v>1678</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
-        <v>1673</v>
+        <v>1679</v>
       </c>
       <c r="B437" t="s">
         <v>9</v>
       </c>
       <c r="C437" t="s">
-        <v>496</v>
+        <v>475</v>
       </c>
       <c r="D437" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E437" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F437" t="s">
-        <v>1674</v>
+        <v>40</v>
       </c>
       <c r="G437" s="1" t="s">
-        <v>1675</v>
+        <v>1680</v>
       </c>
       <c r="H437" t="s">
-        <v>1676</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
-        <v>1677</v>
+        <v>1682</v>
       </c>
       <c r="B438" t="s">
         <v>9</v>
       </c>
       <c r="C438" t="s">
-        <v>500</v>
+        <v>479</v>
       </c>
       <c r="D438" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E438" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F438" t="s">
-        <v>1491</v>
+        <v>40</v>
       </c>
       <c r="G438" s="1" t="s">
-        <v>1678</v>
+        <v>1683</v>
       </c>
       <c r="H438" t="s">
-        <v>1679</v>
+        <v>1684</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
-        <v>1680</v>
+        <v>1685</v>
       </c>
       <c r="B439" t="s">
         <v>9</v>
       </c>
       <c r="C439" t="s">
-        <v>504</v>
+        <v>483</v>
       </c>
       <c r="D439" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E439" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F439" t="s">
-        <v>1491</v>
+        <v>1673</v>
       </c>
       <c r="G439" s="1" t="s">
-        <v>1681</v>
+        <v>1686</v>
       </c>
       <c r="H439" t="s">
-        <v>1682</v>
+        <v>1687</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
-        <v>1683</v>
+        <v>1688</v>
       </c>
       <c r="B440" t="s">
         <v>9</v>
       </c>
       <c r="C440" t="s">
-        <v>508</v>
+        <v>487</v>
       </c>
       <c r="D440" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E440" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F440" t="s">
-        <v>45</v>
+        <v>156</v>
       </c>
       <c r="G440" s="1" t="s">
-        <v>1684</v>
+        <v>1689</v>
       </c>
       <c r="H440" t="s">
-        <v>1685</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
-        <v>1686</v>
+        <v>1691</v>
       </c>
       <c r="B441" t="s">
         <v>9</v>
       </c>
       <c r="C441" t="s">
-        <v>512</v>
+        <v>491</v>
       </c>
       <c r="D441" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E441" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F441" t="s">
-        <v>1687</v>
+        <v>27</v>
       </c>
       <c r="G441" s="1" t="s">
-        <v>1688</v>
+        <v>1692</v>
       </c>
       <c r="H441" t="s">
-        <v>1689</v>
+        <v>1693</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
-        <v>1690</v>
+        <v>1694</v>
       </c>
       <c r="B442" t="s">
         <v>9</v>
       </c>
       <c r="C442" t="s">
-        <v>516</v>
+        <v>496</v>
       </c>
       <c r="D442" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E442" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F442" t="s">
-        <v>232</v>
+        <v>1695</v>
       </c>
       <c r="G442" s="1" t="s">
-        <v>1691</v>
+        <v>1696</v>
       </c>
       <c r="H442" t="s">
-        <v>1692</v>
+        <v>1697</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
-        <v>1693</v>
+        <v>1698</v>
       </c>
       <c r="B443" t="s">
         <v>9</v>
       </c>
       <c r="C443" t="s">
-        <v>520</v>
+        <v>500</v>
       </c>
       <c r="D443" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E443" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F443" t="s">
-        <v>27</v>
+        <v>1512</v>
       </c>
       <c r="G443" s="1" t="s">
-        <v>1694</v>
+        <v>1699</v>
       </c>
       <c r="H443" t="s">
-        <v>1695</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
-        <v>1696</v>
+        <v>1701</v>
       </c>
       <c r="B444" t="s">
         <v>9</v>
       </c>
       <c r="C444" t="s">
-        <v>524</v>
+        <v>504</v>
       </c>
       <c r="D444" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E444" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F444" t="s">
-        <v>492</v>
+        <v>1512</v>
       </c>
       <c r="G444" s="1" t="s">
-        <v>1697</v>
+        <v>1702</v>
       </c>
       <c r="H444" t="s">
-        <v>1698</v>
+        <v>1703</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
-        <v>1699</v>
+        <v>1704</v>
       </c>
       <c r="B445" t="s">
         <v>9</v>
       </c>
       <c r="C445" t="s">
-        <v>528</v>
+        <v>508</v>
       </c>
       <c r="D445" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E445" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F445" t="s">
-        <v>492</v>
+        <v>45</v>
       </c>
       <c r="G445" s="1" t="s">
-        <v>476</v>
+        <v>1705</v>
       </c>
       <c r="H445" t="s">
-        <v>1700</v>
+        <v>1706</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
-        <v>1701</v>
+        <v>1707</v>
       </c>
       <c r="B446" t="s">
         <v>9</v>
       </c>
       <c r="C446" t="s">
-        <v>533</v>
+        <v>512</v>
       </c>
       <c r="D446" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E446" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F446" t="s">
-        <v>27</v>
+        <v>1708</v>
       </c>
       <c r="G446" s="1" t="s">
-        <v>1702</v>
+        <v>1709</v>
       </c>
       <c r="H446" t="s">
-        <v>1703</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
-        <v>1704</v>
+        <v>1711</v>
       </c>
       <c r="B447" t="s">
         <v>9</v>
       </c>
       <c r="C447" t="s">
-        <v>538</v>
+        <v>516</v>
       </c>
       <c r="D447" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E447" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F447" t="s">
-        <v>27</v>
+        <v>232</v>
       </c>
       <c r="G447" s="1" t="s">
-        <v>1705</v>
+        <v>1712</v>
       </c>
       <c r="H447" t="s">
-        <v>1706</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
-        <v>1707</v>
+        <v>1714</v>
       </c>
       <c r="B448" t="s">
         <v>9</v>
       </c>
       <c r="C448" t="s">
-        <v>542</v>
+        <v>520</v>
       </c>
       <c r="D448" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E448" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F448" t="s">
-        <v>1674</v>
+        <v>27</v>
       </c>
       <c r="G448" s="1" t="s">
-        <v>1708</v>
+        <v>1715</v>
       </c>
       <c r="H448" t="s">
-        <v>1709</v>
+        <v>1716</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
-        <v>1710</v>
+        <v>1717</v>
       </c>
       <c r="B449" t="s">
         <v>9</v>
       </c>
       <c r="C449" t="s">
-        <v>546</v>
+        <v>524</v>
       </c>
       <c r="D449" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E449" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F449" t="s">
-        <v>13</v>
+        <v>492</v>
       </c>
       <c r="G449" s="1" t="s">
-        <v>1711</v>
+        <v>1718</v>
       </c>
       <c r="H449" t="s">
-        <v>1712</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
-        <v>1713</v>
+        <v>1720</v>
       </c>
       <c r="B450" t="s">
         <v>9</v>
       </c>
       <c r="C450" t="s">
-        <v>549</v>
+        <v>528</v>
       </c>
       <c r="D450" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E450" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F450" t="s">
-        <v>27</v>
+        <v>492</v>
       </c>
       <c r="G450" s="1" t="s">
-        <v>1714</v>
+        <v>476</v>
       </c>
       <c r="H450" t="s">
-        <v>1715</v>
+        <v>1721</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
-        <v>1716</v>
+        <v>1722</v>
       </c>
       <c r="B451" t="s">
         <v>9</v>
       </c>
       <c r="C451" t="s">
-        <v>553</v>
+        <v>533</v>
       </c>
       <c r="D451" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="E451" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="F451" t="s">
-        <v>1717</v>
+        <v>27</v>
       </c>
       <c r="G451" s="1" t="s">
-        <v>1718</v>
+        <v>1723</v>
       </c>
       <c r="H451" t="s">
-        <v>1719</v>
+        <v>1724</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
-        <v>1720</v>
+        <v>1725</v>
       </c>
       <c r="B452" t="s">
         <v>9</v>
       </c>
       <c r="C452" t="s">
-        <v>10</v>
+        <v>538</v>
       </c>
       <c r="D452" t="s">
-        <v>1721</v>
+        <v>1344</v>
       </c>
       <c r="E452" t="s">
-        <v>1722</v>
+        <v>1345</v>
       </c>
       <c r="F452" t="s">
-        <v>1723</v>
+        <v>27</v>
       </c>
       <c r="G452" s="1" t="s">
-        <v>1724</v>
+        <v>1726</v>
       </c>
       <c r="H452" t="s">
-        <v>1725</v>
+        <v>1727</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
-        <v>1726</v>
+        <v>1728</v>
       </c>
       <c r="B453" t="s">
         <v>9</v>
       </c>
       <c r="C453" t="s">
-        <v>17</v>
+        <v>542</v>
       </c>
       <c r="D453" t="s">
-        <v>1721</v>
+        <v>1344</v>
       </c>
       <c r="E453" t="s">
-        <v>1722</v>
+        <v>1345</v>
       </c>
       <c r="F453" t="s">
-        <v>1723</v>
+        <v>1695</v>
       </c>
       <c r="G453" s="1" t="s">
-        <v>1727</v>
+        <v>1729</v>
       </c>
       <c r="H453" t="s">
-        <v>1728</v>
+        <v>1730</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
-        <v>1729</v>
+        <v>1731</v>
       </c>
       <c r="B454" t="s">
         <v>9</v>
       </c>
       <c r="C454" t="s">
-        <v>21</v>
+        <v>546</v>
       </c>
       <c r="D454" t="s">
-        <v>1721</v>
+        <v>1344</v>
       </c>
       <c r="E454" t="s">
-        <v>1722</v>
+        <v>1345</v>
       </c>
       <c r="F454" t="s">
-        <v>1723</v>
+        <v>13</v>
       </c>
       <c r="G454" s="1" t="s">
-        <v>1730</v>
+        <v>1732</v>
       </c>
       <c r="H454" t="s">
-        <v>1731</v>
+        <v>1733</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
-        <v>1732</v>
+        <v>1734</v>
       </c>
       <c r="B455" t="s">
         <v>9</v>
       </c>
       <c r="C455" t="s">
-        <v>26</v>
+        <v>549</v>
       </c>
       <c r="D455" t="s">
-        <v>1721</v>
+        <v>1344</v>
       </c>
       <c r="E455" t="s">
-        <v>1722</v>
+        <v>1345</v>
+      </c>
+      <c r="F455" t="s">
+        <v>27</v>
       </c>
       <c r="G455" s="1" t="s">
-        <v>1733</v>
+        <v>1735</v>
       </c>
       <c r="H455" t="s">
-        <v>1734</v>
+        <v>1736</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
-        <v>1735</v>
+        <v>1737</v>
       </c>
       <c r="B456" t="s">
         <v>9</v>
       </c>
       <c r="C456" t="s">
-        <v>31</v>
+        <v>553</v>
       </c>
       <c r="D456" t="s">
-        <v>1721</v>
+        <v>1344</v>
       </c>
       <c r="E456" t="s">
-        <v>1722</v>
+        <v>1345</v>
+      </c>
+      <c r="F456" t="s">
+        <v>1738</v>
       </c>
       <c r="G456" s="1" t="s">
-        <v>1736</v>
+        <v>1739</v>
       </c>
       <c r="H456" t="s">
-        <v>1737</v>
+        <v>1740</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
-        <v>1738</v>
+        <v>1741</v>
       </c>
       <c r="B457" t="s">
         <v>9</v>
       </c>
       <c r="C457" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="D457" t="s">
-        <v>1721</v>
+        <v>1742</v>
       </c>
       <c r="E457" t="s">
-        <v>1722</v>
+        <v>1743</v>
+      </c>
+      <c r="F457" t="s">
+        <v>1744</v>
       </c>
       <c r="G457" s="1" t="s">
-        <v>1739</v>
+        <v>1745</v>
       </c>
       <c r="H457" t="s">
-        <v>1740</v>
+        <v>1746</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
-        <v>1741</v>
+        <v>1747</v>
       </c>
       <c r="B458" t="s">
         <v>9</v>
       </c>
       <c r="C458" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="D458" t="s">
-        <v>1721</v>
+        <v>1742</v>
       </c>
       <c r="E458" t="s">
-        <v>1722</v>
+        <v>1743</v>
+      </c>
+      <c r="F458" t="s">
+        <v>1744</v>
       </c>
       <c r="G458" s="1" t="s">
-        <v>1742</v>
+        <v>1748</v>
       </c>
       <c r="H458" t="s">
-        <v>1743</v>
+        <v>1749</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
+        <v>1750</v>
+      </c>
+      <c r="B459" t="s">
+        <v>9</v>
+      </c>
+      <c r="C459" t="s">
+        <v>21</v>
+      </c>
+      <c r="D459" t="s">
+        <v>1742</v>
+      </c>
+      <c r="E459" t="s">
+        <v>1743</v>
+      </c>
+      <c r="F459" t="s">
         <v>1744</v>
       </c>
-      <c r="B459" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G459" s="1" t="s">
-        <v>1746</v>
+        <v>1751</v>
       </c>
       <c r="H459" t="s">
-        <v>1747</v>
+        <v>1752</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
-        <v>1748</v>
+        <v>1753</v>
       </c>
       <c r="B460" t="s">
         <v>9</v>
       </c>
       <c r="C460" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="D460" t="s">
-        <v>1721</v>
+        <v>1742</v>
       </c>
       <c r="E460" t="s">
-        <v>1722</v>
-[...2 lines deleted...]
-        <v>1723</v>
+        <v>1743</v>
       </c>
       <c r="G460" s="1" t="s">
-        <v>1749</v>
+        <v>1754</v>
       </c>
       <c r="H460" t="s">
-        <v>1750</v>
+        <v>1755</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
-        <v>1751</v>
+        <v>1756</v>
       </c>
       <c r="B461" t="s">
         <v>9</v>
       </c>
       <c r="C461" t="s">
-        <v>53</v>
+        <v>31</v>
       </c>
       <c r="D461" t="s">
-        <v>1721</v>
+        <v>1742</v>
       </c>
       <c r="E461" t="s">
-        <v>1722</v>
-[...2 lines deleted...]
-        <v>1723</v>
+        <v>1743</v>
       </c>
       <c r="G461" s="1" t="s">
-        <v>1752</v>
+        <v>1757</v>
       </c>
       <c r="H461" t="s">
-        <v>1753</v>
+        <v>1758</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
-        <v>1754</v>
+        <v>1759</v>
       </c>
       <c r="B462" t="s">
         <v>9</v>
       </c>
       <c r="C462" t="s">
-        <v>57</v>
+        <v>35</v>
       </c>
       <c r="D462" t="s">
-        <v>1721</v>
+        <v>1742</v>
       </c>
       <c r="E462" t="s">
-        <v>1722</v>
-[...2 lines deleted...]
-        <v>1723</v>
+        <v>1743</v>
       </c>
       <c r="G462" s="1" t="s">
-        <v>1755</v>
+        <v>1760</v>
       </c>
       <c r="H462" t="s">
-        <v>1756</v>
+        <v>1761</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
-        <v>1757</v>
+        <v>1762</v>
       </c>
       <c r="B463" t="s">
         <v>9</v>
       </c>
       <c r="C463" t="s">
-        <v>61</v>
+        <v>39</v>
       </c>
       <c r="D463" t="s">
-        <v>1721</v>
+        <v>1742</v>
       </c>
       <c r="E463" t="s">
-        <v>1722</v>
+        <v>1743</v>
       </c>
       <c r="G463" s="1" t="s">
-        <v>1758</v>
+        <v>1763</v>
       </c>
       <c r="H463" t="s">
-        <v>1759</v>
+        <v>1764</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
-        <v>1760</v>
+        <v>1765</v>
       </c>
       <c r="B464" t="s">
         <v>9</v>
       </c>
       <c r="C464" t="s">
-        <v>65</v>
+        <v>44</v>
       </c>
       <c r="D464" t="s">
-        <v>1721</v>
+        <v>1742</v>
       </c>
       <c r="E464" t="s">
-        <v>1722</v>
+        <v>1743</v>
       </c>
       <c r="F464" t="s">
-        <v>1723</v>
+        <v>1766</v>
       </c>
       <c r="G464" s="1" t="s">
-        <v>1761</v>
+        <v>1767</v>
       </c>
       <c r="H464" t="s">
-        <v>1762</v>
+        <v>1768</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
-        <v>1763</v>
+        <v>1769</v>
       </c>
       <c r="B465" t="s">
         <v>9</v>
       </c>
       <c r="C465" t="s">
-        <v>70</v>
+        <v>49</v>
       </c>
       <c r="D465" t="s">
-        <v>1721</v>
+        <v>1742</v>
       </c>
       <c r="E465" t="s">
-        <v>1722</v>
+        <v>1743</v>
       </c>
       <c r="F465" t="s">
-        <v>1723</v>
+        <v>1744</v>
       </c>
       <c r="G465" s="1" t="s">
-        <v>1764</v>
+        <v>1770</v>
       </c>
       <c r="H465" t="s">
-        <v>1765</v>
+        <v>1771</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
-        <v>1766</v>
+        <v>1772</v>
       </c>
       <c r="B466" t="s">
         <v>9</v>
       </c>
       <c r="C466" t="s">
-        <v>74</v>
+        <v>53</v>
       </c>
       <c r="D466" t="s">
-        <v>1721</v>
+        <v>1742</v>
       </c>
       <c r="E466" t="s">
-        <v>1722</v>
+        <v>1743</v>
+      </c>
+      <c r="F466" t="s">
+        <v>1744</v>
       </c>
       <c r="G466" s="1" t="s">
-        <v>1767</v>
+        <v>1773</v>
       </c>
       <c r="H466" t="s">
-        <v>1768</v>
+        <v>1774</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
-        <v>1769</v>
+        <v>1775</v>
       </c>
       <c r="B467" t="s">
         <v>9</v>
       </c>
       <c r="C467" t="s">
-        <v>78</v>
+        <v>57</v>
       </c>
       <c r="D467" t="s">
-        <v>1721</v>
+        <v>1742</v>
       </c>
       <c r="E467" t="s">
-        <v>1722</v>
+        <v>1743</v>
       </c>
       <c r="F467" t="s">
-        <v>1723</v>
+        <v>1744</v>
       </c>
       <c r="G467" s="1" t="s">
-        <v>1770</v>
+        <v>1776</v>
       </c>
       <c r="H467" t="s">
-        <v>1771</v>
+        <v>1777</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
-        <v>1772</v>
+        <v>1778</v>
       </c>
       <c r="B468" t="s">
         <v>9</v>
       </c>
       <c r="C468" t="s">
-        <v>82</v>
+        <v>61</v>
       </c>
       <c r="D468" t="s">
-        <v>1721</v>
+        <v>1742</v>
       </c>
       <c r="E468" t="s">
-        <v>1722</v>
+        <v>1743</v>
       </c>
       <c r="G468" s="1" t="s">
-        <v>1773</v>
+        <v>1779</v>
       </c>
       <c r="H468" t="s">
-        <v>1774</v>
+        <v>1780</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
-        <v>1775</v>
+        <v>1781</v>
       </c>
       <c r="B469" t="s">
         <v>9</v>
       </c>
       <c r="C469" t="s">
-        <v>87</v>
+        <v>65</v>
       </c>
       <c r="D469" t="s">
-        <v>1721</v>
+        <v>1742</v>
       </c>
       <c r="E469" t="s">
-        <v>1722</v>
+        <v>1743</v>
       </c>
       <c r="F469" t="s">
-        <v>1723</v>
+        <v>1744</v>
       </c>
       <c r="G469" s="1" t="s">
-        <v>1776</v>
+        <v>1782</v>
       </c>
       <c r="H469" t="s">
-        <v>1777</v>
+        <v>1783</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
-        <v>1778</v>
+        <v>1784</v>
       </c>
       <c r="B470" t="s">
         <v>9</v>
       </c>
       <c r="C470" t="s">
-        <v>91</v>
+        <v>70</v>
       </c>
       <c r="D470" t="s">
-        <v>1721</v>
+        <v>1742</v>
       </c>
       <c r="E470" t="s">
-        <v>1722</v>
+        <v>1743</v>
       </c>
       <c r="F470" t="s">
-        <v>1723</v>
+        <v>1744</v>
       </c>
       <c r="G470" s="1" t="s">
-        <v>1779</v>
+        <v>1785</v>
       </c>
       <c r="H470" t="s">
-        <v>1780</v>
+        <v>1786</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
-        <v>1781</v>
+        <v>1787</v>
       </c>
       <c r="B471" t="s">
         <v>9</v>
       </c>
       <c r="C471" t="s">
-        <v>96</v>
+        <v>74</v>
       </c>
       <c r="D471" t="s">
-        <v>1721</v>
+        <v>1742</v>
       </c>
       <c r="E471" t="s">
-        <v>1722</v>
-[...2 lines deleted...]
-        <v>1723</v>
+        <v>1743</v>
       </c>
       <c r="G471" s="1" t="s">
-        <v>1782</v>
+        <v>1788</v>
       </c>
       <c r="H471" t="s">
-        <v>1783</v>
+        <v>1789</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
-        <v>1784</v>
+        <v>1790</v>
       </c>
       <c r="B472" t="s">
         <v>9</v>
       </c>
       <c r="C472" t="s">
-        <v>100</v>
+        <v>78</v>
       </c>
       <c r="D472" t="s">
-        <v>1721</v>
+        <v>1742</v>
       </c>
       <c r="E472" t="s">
-        <v>1722</v>
+        <v>1743</v>
       </c>
       <c r="F472" t="s">
-        <v>1723</v>
+        <v>1744</v>
       </c>
       <c r="G472" s="1" t="s">
-        <v>1785</v>
+        <v>1791</v>
       </c>
       <c r="H472" t="s">
-        <v>1786</v>
+        <v>1792</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
-        <v>1787</v>
+        <v>1793</v>
       </c>
       <c r="B473" t="s">
         <v>9</v>
       </c>
       <c r="C473" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="D473" t="s">
-        <v>1721</v>
+        <v>1742</v>
       </c>
       <c r="E473" t="s">
-        <v>1722</v>
-[...2 lines deleted...]
-        <v>1723</v>
+        <v>1743</v>
       </c>
       <c r="G473" s="1" t="s">
-        <v>1788</v>
+        <v>1794</v>
       </c>
       <c r="H473" t="s">
-        <v>1789</v>
+        <v>1795</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
-        <v>1790</v>
+        <v>1796</v>
       </c>
       <c r="B474" t="s">
         <v>9</v>
       </c>
       <c r="C474" t="s">
-        <v>108</v>
+        <v>87</v>
       </c>
       <c r="D474" t="s">
-        <v>1721</v>
+        <v>1742</v>
       </c>
       <c r="E474" t="s">
-        <v>1722</v>
+        <v>1743</v>
       </c>
       <c r="F474" t="s">
-        <v>1723</v>
+        <v>1744</v>
       </c>
       <c r="G474" s="1" t="s">
-        <v>1791</v>
+        <v>1797</v>
       </c>
       <c r="H474" t="s">
-        <v>1792</v>
+        <v>1798</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
-        <v>1793</v>
+        <v>1799</v>
       </c>
       <c r="B475" t="s">
         <v>9</v>
       </c>
       <c r="C475" t="s">
-        <v>113</v>
+        <v>91</v>
       </c>
       <c r="D475" t="s">
-        <v>1721</v>
+        <v>1742</v>
       </c>
       <c r="E475" t="s">
-        <v>1722</v>
+        <v>1743</v>
       </c>
       <c r="F475" t="s">
-        <v>1723</v>
+        <v>1744</v>
       </c>
       <c r="G475" s="1" t="s">
-        <v>1794</v>
+        <v>1800</v>
       </c>
       <c r="H475" t="s">
-        <v>1795</v>
+        <v>1801</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
-        <v>1796</v>
+        <v>1802</v>
       </c>
       <c r="B476" t="s">
         <v>9</v>
       </c>
       <c r="C476" t="s">
-        <v>117</v>
+        <v>96</v>
       </c>
       <c r="D476" t="s">
-        <v>1721</v>
+        <v>1742</v>
       </c>
       <c r="E476" t="s">
-        <v>1722</v>
+        <v>1743</v>
       </c>
       <c r="F476" t="s">
-        <v>1723</v>
+        <v>1744</v>
       </c>
       <c r="G476" s="1" t="s">
-        <v>1797</v>
+        <v>1803</v>
       </c>
       <c r="H476" t="s">
-        <v>1798</v>
+        <v>1804</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
-        <v>1799</v>
+        <v>1805</v>
       </c>
       <c r="B477" t="s">
         <v>9</v>
       </c>
       <c r="C477" t="s">
-        <v>121</v>
+        <v>100</v>
       </c>
       <c r="D477" t="s">
-        <v>1721</v>
+        <v>1742</v>
       </c>
       <c r="E477" t="s">
-        <v>1722</v>
+        <v>1743</v>
       </c>
       <c r="F477" t="s">
-        <v>1723</v>
+        <v>1744</v>
       </c>
       <c r="G477" s="1" t="s">
-        <v>1800</v>
+        <v>1806</v>
       </c>
       <c r="H477" t="s">
-        <v>1801</v>
+        <v>1807</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
-        <v>1802</v>
+        <v>1808</v>
       </c>
       <c r="B478" t="s">
         <v>9</v>
       </c>
       <c r="C478" t="s">
-        <v>10</v>
+        <v>104</v>
       </c>
       <c r="D478" t="s">
-        <v>1803</v>
+        <v>1742</v>
       </c>
       <c r="E478" t="s">
-        <v>1804</v>
+        <v>1743</v>
       </c>
       <c r="F478" t="s">
-        <v>1805</v>
+        <v>1744</v>
       </c>
       <c r="G478" s="1" t="s">
-        <v>1806</v>
+        <v>1809</v>
       </c>
       <c r="H478" t="s">
-        <v>1807</v>
+        <v>1810</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
-        <v>1808</v>
+        <v>1811</v>
       </c>
       <c r="B479" t="s">
         <v>9</v>
       </c>
       <c r="C479" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="D479" t="s">
-        <v>1803</v>
+        <v>1742</v>
       </c>
       <c r="E479" t="s">
-        <v>1804</v>
+        <v>1743</v>
       </c>
       <c r="F479" t="s">
-        <v>1805</v>
+        <v>1744</v>
       </c>
       <c r="G479" s="1" t="s">
-        <v>1809</v>
+        <v>1812</v>
       </c>
       <c r="H479" t="s">
-        <v>1810</v>
+        <v>1813</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
-        <v>1811</v>
+        <v>1814</v>
       </c>
       <c r="B480" t="s">
         <v>9</v>
       </c>
       <c r="C480" t="s">
-        <v>21</v>
+        <v>113</v>
       </c>
       <c r="D480" t="s">
-        <v>1803</v>
+        <v>1742</v>
       </c>
       <c r="E480" t="s">
-        <v>1804</v>
+        <v>1743</v>
+      </c>
+      <c r="F480" t="s">
+        <v>1744</v>
       </c>
       <c r="G480" s="1" t="s">
-        <v>1812</v>
+        <v>1815</v>
       </c>
       <c r="H480" t="s">
-        <v>1813</v>
+        <v>1816</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
-        <v>1814</v>
+        <v>1817</v>
       </c>
       <c r="B481" t="s">
         <v>9</v>
       </c>
       <c r="C481" t="s">
-        <v>26</v>
+        <v>117</v>
       </c>
       <c r="D481" t="s">
-        <v>1803</v>
+        <v>1742</v>
       </c>
       <c r="E481" t="s">
-        <v>1804</v>
+        <v>1743</v>
       </c>
       <c r="F481" t="s">
-        <v>1805</v>
+        <v>1744</v>
       </c>
       <c r="G481" s="1" t="s">
-        <v>1815</v>
+        <v>1818</v>
       </c>
       <c r="H481" t="s">
-        <v>1816</v>
+        <v>1819</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" t="s">
-        <v>1817</v>
+        <v>1820</v>
       </c>
       <c r="B482" t="s">
         <v>9</v>
       </c>
       <c r="C482" t="s">
-        <v>31</v>
+        <v>121</v>
       </c>
       <c r="D482" t="s">
-        <v>1803</v>
+        <v>1742</v>
       </c>
       <c r="E482" t="s">
-        <v>1804</v>
+        <v>1743</v>
       </c>
       <c r="F482" t="s">
-        <v>1805</v>
+        <v>1744</v>
       </c>
       <c r="G482" s="1" t="s">
-        <v>1818</v>
+        <v>1821</v>
       </c>
       <c r="H482" t="s">
-        <v>1819</v>
+        <v>1822</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
-        <v>1820</v>
+        <v>1823</v>
       </c>
       <c r="B483" t="s">
         <v>9</v>
       </c>
       <c r="C483" t="s">
-        <v>10</v>
+        <v>125</v>
       </c>
       <c r="D483" t="s">
-        <v>1821</v>
+        <v>1742</v>
       </c>
       <c r="E483" t="s">
-        <v>1822</v>
+        <v>1743</v>
       </c>
       <c r="F483" t="s">
-        <v>940</v>
+        <v>1744</v>
       </c>
       <c r="G483" s="1" t="s">
-        <v>1823</v>
+        <v>1824</v>
       </c>
       <c r="H483" t="s">
-        <v>1824</v>
+        <v>1813</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
         <v>1825</v>
       </c>
       <c r="B484" t="s">
         <v>9</v>
       </c>
       <c r="C484" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D484" t="s">
-        <v>1821</v>
+        <v>1826</v>
       </c>
       <c r="E484" t="s">
-        <v>1822</v>
+        <v>1827</v>
       </c>
       <c r="F484" t="s">
-        <v>940</v>
+        <v>1828</v>
       </c>
       <c r="G484" s="1" t="s">
-        <v>1826</v>
+        <v>1829</v>
       </c>
       <c r="H484" t="s">
-        <v>1827</v>
+        <v>1830</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
+        <v>1831</v>
+      </c>
+      <c r="B485" t="s">
+        <v>9</v>
+      </c>
+      <c r="C485" t="s">
+        <v>17</v>
+      </c>
+      <c r="D485" t="s">
+        <v>1826</v>
+      </c>
+      <c r="E485" t="s">
+        <v>1827</v>
+      </c>
+      <c r="F485" t="s">
         <v>1828</v>
       </c>
-      <c r="B485" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G485" s="1" t="s">
-        <v>1830</v>
+        <v>1832</v>
       </c>
       <c r="H485" t="s">
-        <v>1831</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
-        <v>1832</v>
+        <v>1834</v>
       </c>
       <c r="B486" t="s">
         <v>9</v>
       </c>
       <c r="C486" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D486" t="s">
-        <v>1821</v>
+        <v>1826</v>
       </c>
       <c r="E486" t="s">
-        <v>1822</v>
-[...2 lines deleted...]
-        <v>940</v>
+        <v>1827</v>
       </c>
       <c r="G486" s="1" t="s">
-        <v>1833</v>
+        <v>1835</v>
       </c>
       <c r="H486" t="s">
-        <v>1834</v>
+        <v>1836</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
-        <v>1835</v>
+        <v>1837</v>
       </c>
       <c r="B487" t="s">
         <v>9</v>
       </c>
       <c r="C487" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="D487" t="s">
-        <v>1821</v>
+        <v>1826</v>
       </c>
       <c r="E487" t="s">
-        <v>1822</v>
+        <v>1827</v>
       </c>
       <c r="F487" t="s">
-        <v>940</v>
+        <v>1828</v>
       </c>
       <c r="G487" s="1" t="s">
-        <v>1836</v>
+        <v>1838</v>
       </c>
       <c r="H487" t="s">
-        <v>1837</v>
+        <v>1839</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
-        <v>1838</v>
+        <v>1840</v>
       </c>
       <c r="B488" t="s">
         <v>9</v>
       </c>
       <c r="C488" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="D488" t="s">
-        <v>1821</v>
+        <v>1826</v>
       </c>
       <c r="E488" t="s">
-        <v>1822</v>
+        <v>1827</v>
       </c>
       <c r="F488" t="s">
-        <v>40</v>
+        <v>1828</v>
       </c>
       <c r="G488" s="1" t="s">
-        <v>1839</v>
+        <v>1841</v>
       </c>
       <c r="H488" t="s">
-        <v>1840</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
-        <v>1841</v>
+        <v>1843</v>
       </c>
       <c r="B489" t="s">
         <v>9</v>
       </c>
       <c r="C489" t="s">
-        <v>39</v>
+        <v>10</v>
       </c>
       <c r="D489" t="s">
-        <v>1821</v>
+        <v>1844</v>
       </c>
       <c r="E489" t="s">
-        <v>1822</v>
+        <v>1845</v>
       </c>
       <c r="F489" t="s">
-        <v>66</v>
+        <v>940</v>
       </c>
       <c r="G489" s="1" t="s">
-        <v>1842</v>
+        <v>1846</v>
       </c>
       <c r="H489" t="s">
-        <v>1843</v>
+        <v>1847</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" t="s">
+        <v>1848</v>
+      </c>
+      <c r="B490" t="s">
+        <v>9</v>
+      </c>
+      <c r="C490" t="s">
+        <v>17</v>
+      </c>
+      <c r="D490" t="s">
         <v>1844</v>
       </c>
-      <c r="B490" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E490" t="s">
-        <v>1822</v>
+        <v>1845</v>
       </c>
       <c r="F490" t="s">
-        <v>45</v>
+        <v>940</v>
       </c>
       <c r="G490" s="1" t="s">
-        <v>1845</v>
+        <v>1849</v>
       </c>
       <c r="H490" t="s">
-        <v>1846</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" t="s">
-        <v>1847</v>
+        <v>1851</v>
       </c>
       <c r="B491" t="s">
         <v>9</v>
       </c>
       <c r="C491" t="s">
-        <v>49</v>
+        <v>21</v>
       </c>
       <c r="D491" t="s">
-        <v>1821</v>
+        <v>1844</v>
       </c>
       <c r="E491" t="s">
-        <v>1822</v>
+        <v>1845</v>
       </c>
       <c r="F491" t="s">
-        <v>27</v>
+        <v>1852</v>
       </c>
       <c r="G491" s="1" t="s">
-        <v>1848</v>
+        <v>1853</v>
       </c>
       <c r="H491" t="s">
-        <v>1849</v>
+        <v>1854</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" t="s">
-        <v>1850</v>
+        <v>1855</v>
       </c>
       <c r="B492" t="s">
         <v>9</v>
       </c>
       <c r="C492" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="D492" t="s">
-        <v>1851</v>
+        <v>1844</v>
       </c>
       <c r="E492" t="s">
-        <v>1852</v>
+        <v>1845</v>
       </c>
       <c r="F492" t="s">
-        <v>1805</v>
+        <v>940</v>
       </c>
       <c r="G492" s="1" t="s">
-        <v>1853</v>
+        <v>1856</v>
       </c>
       <c r="H492" t="s">
-        <v>1854</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" t="s">
-        <v>1855</v>
+        <v>1858</v>
       </c>
       <c r="B493" t="s">
         <v>9</v>
       </c>
       <c r="C493" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="D493" t="s">
-        <v>1851</v>
+        <v>1844</v>
       </c>
       <c r="E493" t="s">
-        <v>1852</v>
+        <v>1845</v>
       </c>
       <c r="F493" t="s">
-        <v>1805</v>
+        <v>940</v>
       </c>
       <c r="G493" s="1" t="s">
-        <v>1856</v>
+        <v>1859</v>
       </c>
       <c r="H493" t="s">
-        <v>1857</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" t="s">
-        <v>1858</v>
+        <v>1861</v>
       </c>
       <c r="B494" t="s">
         <v>9</v>
       </c>
       <c r="C494" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="D494" t="s">
-        <v>1851</v>
+        <v>1844</v>
       </c>
       <c r="E494" t="s">
-        <v>1852</v>
+        <v>1845</v>
       </c>
       <c r="F494" t="s">
-        <v>1805</v>
+        <v>40</v>
       </c>
       <c r="G494" s="1" t="s">
-        <v>1859</v>
+        <v>1862</v>
       </c>
       <c r="H494" t="s">
-        <v>1860</v>
+        <v>1863</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" t="s">
-        <v>1861</v>
+        <v>1864</v>
       </c>
       <c r="B495" t="s">
         <v>9</v>
       </c>
       <c r="C495" t="s">
-        <v>10</v>
+        <v>39</v>
       </c>
       <c r="D495" t="s">
-        <v>1862</v>
+        <v>1844</v>
       </c>
       <c r="E495" t="s">
-        <v>1863</v>
+        <v>1845</v>
+      </c>
+      <c r="F495" t="s">
+        <v>66</v>
       </c>
       <c r="G495" s="1" t="s">
-        <v>1864</v>
+        <v>1865</v>
       </c>
       <c r="H495" t="s">
-        <v>1865</v>
+        <v>1866</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
-        <v>1866</v>
+        <v>1867</v>
       </c>
       <c r="B496" t="s">
         <v>9</v>
       </c>
       <c r="C496" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="D496" t="s">
-        <v>1862</v>
+        <v>1844</v>
       </c>
       <c r="E496" t="s">
-        <v>1863</v>
+        <v>1845</v>
       </c>
       <c r="F496" t="s">
-        <v>1745</v>
+        <v>45</v>
       </c>
       <c r="G496" s="1" t="s">
-        <v>1867</v>
+        <v>1868</v>
       </c>
       <c r="H496" t="s">
-        <v>1868</v>
+        <v>1869</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
-        <v>1869</v>
+        <v>1870</v>
       </c>
       <c r="B497" t="s">
         <v>9</v>
       </c>
       <c r="C497" t="s">
-        <v>21</v>
+        <v>49</v>
       </c>
       <c r="D497" t="s">
-        <v>1862</v>
+        <v>1844</v>
       </c>
       <c r="E497" t="s">
-        <v>1863</v>
+        <v>1845</v>
       </c>
       <c r="F497" t="s">
-        <v>1723</v>
+        <v>27</v>
       </c>
       <c r="G497" s="1" t="s">
-        <v>1870</v>
+        <v>1871</v>
       </c>
       <c r="H497" t="s">
-        <v>1759</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" t="s">
-        <v>1871</v>
+        <v>1873</v>
       </c>
       <c r="B498" t="s">
         <v>9</v>
       </c>
       <c r="C498" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="D498" t="s">
-        <v>1862</v>
+        <v>1874</v>
       </c>
       <c r="E498" t="s">
-        <v>1863</v>
+        <v>1875</v>
       </c>
       <c r="F498" t="s">
-        <v>1745</v>
+        <v>1828</v>
       </c>
       <c r="G498" s="1" t="s">
-        <v>1872</v>
+        <v>1876</v>
       </c>
       <c r="H498" t="s">
-        <v>1873</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
+        <v>1878</v>
+      </c>
+      <c r="B499" t="s">
+        <v>9</v>
+      </c>
+      <c r="C499" t="s">
+        <v>17</v>
+      </c>
+      <c r="D499" t="s">
         <v>1874</v>
       </c>
-      <c r="B499" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E499" t="s">
-        <v>1863</v>
+        <v>1875</v>
       </c>
       <c r="F499" t="s">
-        <v>1723</v>
+        <v>1828</v>
       </c>
       <c r="G499" s="1" t="s">
-        <v>1875</v>
+        <v>1879</v>
       </c>
       <c r="H499" t="s">
-        <v>1759</v>
+        <v>1880</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" t="s">
-        <v>1876</v>
+        <v>1881</v>
       </c>
       <c r="B500" t="s">
         <v>9</v>
       </c>
       <c r="C500" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="D500" t="s">
-        <v>1862</v>
+        <v>1874</v>
       </c>
       <c r="E500" t="s">
-        <v>1863</v>
+        <v>1875</v>
       </c>
       <c r="F500" t="s">
-        <v>1723</v>
+        <v>1828</v>
       </c>
       <c r="G500" s="1" t="s">
-        <v>1877</v>
+        <v>1882</v>
       </c>
       <c r="H500" t="s">
-        <v>1878</v>
+        <v>1883</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" t="s">
-        <v>1879</v>
+        <v>1884</v>
       </c>
       <c r="B501" t="s">
         <v>9</v>
       </c>
       <c r="C501" t="s">
         <v>10</v>
       </c>
       <c r="D501" t="s">
-        <v>1880</v>
+        <v>1885</v>
       </c>
       <c r="E501" t="s">
-        <v>1881</v>
-[...2 lines deleted...]
-        <v>1805</v>
+        <v>1886</v>
       </c>
       <c r="G501" s="1" t="s">
-        <v>1882</v>
+        <v>1887</v>
       </c>
       <c r="H501" t="s">
-        <v>1883</v>
+        <v>1888</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
-        <v>1884</v>
+        <v>1889</v>
       </c>
       <c r="B502" t="s">
         <v>9</v>
       </c>
       <c r="C502" t="s">
         <v>17</v>
       </c>
       <c r="D502" t="s">
-        <v>1880</v>
+        <v>1885</v>
       </c>
       <c r="E502" t="s">
-        <v>1881</v>
+        <v>1886</v>
       </c>
       <c r="F502" t="s">
-        <v>1805</v>
+        <v>1766</v>
       </c>
       <c r="G502" s="1" t="s">
-        <v>1885</v>
+        <v>1890</v>
       </c>
       <c r="H502" t="s">
-        <v>1886</v>
+        <v>1891</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
-        <v>1887</v>
+        <v>1892</v>
       </c>
       <c r="B503" t="s">
         <v>9</v>
       </c>
       <c r="C503" t="s">
         <v>21</v>
       </c>
       <c r="D503" t="s">
-        <v>1880</v>
+        <v>1885</v>
       </c>
       <c r="E503" t="s">
-        <v>1881</v>
+        <v>1886</v>
       </c>
       <c r="F503" t="s">
-        <v>1805</v>
+        <v>1744</v>
       </c>
       <c r="G503" s="1" t="s">
-        <v>1888</v>
+        <v>1893</v>
       </c>
       <c r="H503" t="s">
-        <v>1889</v>
+        <v>1780</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
-        <v>1890</v>
+        <v>1894</v>
       </c>
       <c r="B504" t="s">
         <v>9</v>
       </c>
       <c r="C504" t="s">
         <v>26</v>
       </c>
       <c r="D504" t="s">
-        <v>1880</v>
+        <v>1885</v>
       </c>
       <c r="E504" t="s">
-        <v>1881</v>
+        <v>1886</v>
       </c>
       <c r="F504" t="s">
-        <v>13</v>
+        <v>1766</v>
       </c>
       <c r="G504" s="1" t="s">
-        <v>1891</v>
+        <v>1895</v>
       </c>
       <c r="H504" t="s">
-        <v>1892</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
-        <v>1893</v>
+        <v>1897</v>
       </c>
       <c r="B505" t="s">
         <v>9</v>
       </c>
       <c r="C505" t="s">
         <v>31</v>
       </c>
       <c r="D505" t="s">
-        <v>1880</v>
+        <v>1885</v>
       </c>
       <c r="E505" t="s">
-        <v>1881</v>
+        <v>1886</v>
       </c>
       <c r="F505" t="s">
-        <v>22</v>
+        <v>1744</v>
       </c>
       <c r="G505" s="1" t="s">
-        <v>1894</v>
+        <v>1898</v>
       </c>
       <c r="H505" t="s">
-        <v>1895</v>
+        <v>1780</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
-        <v>1896</v>
+        <v>1899</v>
       </c>
       <c r="B506" t="s">
         <v>9</v>
       </c>
       <c r="C506" t="s">
         <v>35</v>
       </c>
       <c r="D506" t="s">
-        <v>1880</v>
+        <v>1885</v>
       </c>
       <c r="E506" t="s">
-        <v>1881</v>
+        <v>1886</v>
       </c>
       <c r="F506" t="s">
-        <v>27</v>
+        <v>1744</v>
       </c>
       <c r="G506" s="1" t="s">
-        <v>1897</v>
+        <v>1900</v>
       </c>
       <c r="H506" t="s">
-        <v>1898</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
-        <v>1899</v>
+        <v>1902</v>
       </c>
       <c r="B507" t="s">
         <v>9</v>
       </c>
       <c r="C507" t="s">
-        <v>39</v>
+        <v>10</v>
       </c>
       <c r="D507" t="s">
-        <v>1880</v>
+        <v>1903</v>
       </c>
       <c r="E507" t="s">
-        <v>1881</v>
+        <v>1904</v>
       </c>
       <c r="F507" t="s">
-        <v>22</v>
+        <v>1828</v>
       </c>
       <c r="G507" s="1" t="s">
-        <v>1900</v>
+        <v>1905</v>
       </c>
       <c r="H507" t="s">
-        <v>1901</v>
+        <v>1906</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
-        <v>1902</v>
+        <v>1907</v>
       </c>
       <c r="B508" t="s">
         <v>9</v>
       </c>
       <c r="C508" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="D508" t="s">
-        <v>1880</v>
+        <v>1903</v>
       </c>
       <c r="E508" t="s">
-        <v>1881</v>
+        <v>1904</v>
       </c>
       <c r="F508" t="s">
-        <v>27</v>
+        <v>1828</v>
       </c>
       <c r="G508" s="1" t="s">
-        <v>1903</v>
+        <v>1908</v>
       </c>
       <c r="H508" t="s">
-        <v>1904</v>
+        <v>1909</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
-        <v>1905</v>
+        <v>1910</v>
       </c>
       <c r="B509" t="s">
         <v>9</v>
       </c>
       <c r="C509" t="s">
-        <v>49</v>
+        <v>21</v>
       </c>
       <c r="D509" t="s">
-        <v>1880</v>
+        <v>1903</v>
       </c>
       <c r="E509" t="s">
-        <v>1881</v>
+        <v>1904</v>
       </c>
       <c r="F509" t="s">
-        <v>22</v>
+        <v>1828</v>
       </c>
       <c r="G509" s="1" t="s">
-        <v>1906</v>
+        <v>1911</v>
       </c>
       <c r="H509" t="s">
-        <v>1907</v>
+        <v>1912</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
-        <v>1908</v>
+        <v>1913</v>
       </c>
       <c r="B510" t="s">
         <v>9</v>
       </c>
       <c r="C510" t="s">
-        <v>53</v>
+        <v>26</v>
       </c>
       <c r="D510" t="s">
-        <v>1880</v>
+        <v>1903</v>
       </c>
       <c r="E510" t="s">
-        <v>1881</v>
+        <v>1904</v>
       </c>
       <c r="F510" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="G510" s="1" t="s">
-        <v>1909</v>
+        <v>1914</v>
       </c>
       <c r="H510" t="s">
-        <v>1910</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" t="s">
-        <v>1911</v>
+        <v>1916</v>
       </c>
       <c r="B511" t="s">
         <v>9</v>
       </c>
       <c r="C511" t="s">
-        <v>57</v>
+        <v>31</v>
       </c>
       <c r="D511" t="s">
-        <v>1880</v>
+        <v>1903</v>
       </c>
       <c r="E511" t="s">
-        <v>1881</v>
+        <v>1904</v>
       </c>
       <c r="F511" t="s">
         <v>22</v>
       </c>
       <c r="G511" s="1" t="s">
-        <v>1912</v>
+        <v>1917</v>
       </c>
       <c r="H511" t="s">
-        <v>1913</v>
+        <v>1918</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" t="s">
-        <v>1914</v>
+        <v>1919</v>
       </c>
       <c r="B512" t="s">
         <v>9</v>
       </c>
       <c r="C512" t="s">
-        <v>61</v>
+        <v>35</v>
       </c>
       <c r="D512" t="s">
-        <v>1880</v>
+        <v>1903</v>
       </c>
       <c r="E512" t="s">
-        <v>1881</v>
+        <v>1904</v>
       </c>
       <c r="F512" t="s">
-        <v>1915</v>
+        <v>27</v>
       </c>
       <c r="G512" s="1" t="s">
-        <v>1916</v>
+        <v>1920</v>
       </c>
       <c r="H512" t="s">
-        <v>1917</v>
+        <v>1921</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
-        <v>1918</v>
+        <v>1922</v>
       </c>
       <c r="B513" t="s">
         <v>9</v>
       </c>
       <c r="C513" t="s">
-        <v>65</v>
+        <v>39</v>
       </c>
       <c r="D513" t="s">
-        <v>1880</v>
+        <v>1903</v>
       </c>
       <c r="E513" t="s">
-        <v>1881</v>
+        <v>1904</v>
       </c>
       <c r="F513" t="s">
-        <v>894</v>
+        <v>22</v>
       </c>
       <c r="G513" s="1" t="s">
-        <v>1919</v>
+        <v>1923</v>
       </c>
       <c r="H513" t="s">
-        <v>1920</v>
+        <v>1924</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" t="s">
-        <v>1921</v>
+        <v>1925</v>
       </c>
       <c r="B514" t="s">
         <v>9</v>
       </c>
       <c r="C514" t="s">
-        <v>70</v>
+        <v>44</v>
       </c>
       <c r="D514" t="s">
-        <v>1880</v>
+        <v>1903</v>
       </c>
       <c r="E514" t="s">
-        <v>1881</v>
+        <v>1904</v>
       </c>
       <c r="F514" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="G514" s="1" t="s">
-        <v>1922</v>
+        <v>1926</v>
       </c>
       <c r="H514" t="s">
-        <v>1923</v>
+        <v>1927</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
-        <v>1924</v>
+        <v>1928</v>
       </c>
       <c r="B515" t="s">
         <v>9</v>
       </c>
       <c r="C515" t="s">
-        <v>74</v>
+        <v>49</v>
       </c>
       <c r="D515" t="s">
-        <v>1880</v>
+        <v>1903</v>
       </c>
       <c r="E515" t="s">
-        <v>1881</v>
+        <v>1904</v>
       </c>
       <c r="F515" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="G515" s="1" t="s">
-        <v>1925</v>
+        <v>1929</v>
       </c>
       <c r="H515" t="s">
-        <v>1926</v>
+        <v>1930</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" t="s">
-        <v>1927</v>
+        <v>1931</v>
       </c>
       <c r="B516" t="s">
         <v>9</v>
       </c>
       <c r="C516" t="s">
-        <v>78</v>
+        <v>53</v>
       </c>
       <c r="D516" t="s">
-        <v>1880</v>
+        <v>1903</v>
       </c>
       <c r="E516" t="s">
-        <v>1881</v>
+        <v>1904</v>
       </c>
       <c r="F516" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="G516" s="1" t="s">
-        <v>1928</v>
+        <v>1932</v>
       </c>
       <c r="H516" t="s">
-        <v>1929</v>
+        <v>1933</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" t="s">
-        <v>1930</v>
+        <v>1934</v>
       </c>
       <c r="B517" t="s">
         <v>9</v>
       </c>
       <c r="C517" t="s">
-        <v>82</v>
+        <v>57</v>
       </c>
       <c r="D517" t="s">
-        <v>1880</v>
+        <v>1903</v>
       </c>
       <c r="E517" t="s">
-        <v>1881</v>
+        <v>1904</v>
       </c>
       <c r="F517" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G517" s="1" t="s">
-        <v>1931</v>
+        <v>1935</v>
       </c>
       <c r="H517" t="s">
-        <v>1932</v>
+        <v>1936</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
-        <v>1933</v>
+        <v>1937</v>
       </c>
       <c r="B518" t="s">
         <v>9</v>
       </c>
       <c r="C518" t="s">
-        <v>87</v>
+        <v>61</v>
       </c>
       <c r="D518" t="s">
-        <v>1880</v>
+        <v>1903</v>
       </c>
       <c r="E518" t="s">
-        <v>1881</v>
+        <v>1904</v>
       </c>
       <c r="F518" t="s">
-        <v>1805</v>
+        <v>1938</v>
       </c>
       <c r="G518" s="1" t="s">
-        <v>1934</v>
+        <v>1939</v>
       </c>
       <c r="H518" t="s">
-        <v>1935</v>
+        <v>1940</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
-        <v>1936</v>
+        <v>1941</v>
       </c>
       <c r="B519" t="s">
         <v>9</v>
       </c>
       <c r="C519" t="s">
-        <v>91</v>
+        <v>65</v>
       </c>
       <c r="D519" t="s">
-        <v>1880</v>
+        <v>1903</v>
       </c>
       <c r="E519" t="s">
-        <v>1881</v>
+        <v>1904</v>
       </c>
       <c r="F519" t="s">
-        <v>13</v>
+        <v>894</v>
       </c>
       <c r="G519" s="1" t="s">
-        <v>1937</v>
+        <v>1942</v>
       </c>
       <c r="H519" t="s">
-        <v>1938</v>
+        <v>1943</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
-        <v>1939</v>
+        <v>1944</v>
       </c>
       <c r="B520" t="s">
         <v>9</v>
       </c>
       <c r="C520" t="s">
-        <v>96</v>
+        <v>70</v>
       </c>
       <c r="D520" t="s">
-        <v>1880</v>
+        <v>1903</v>
       </c>
       <c r="E520" t="s">
-        <v>1881</v>
+        <v>1904</v>
       </c>
       <c r="F520" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="G520" s="1" t="s">
-        <v>1940</v>
+        <v>1945</v>
       </c>
       <c r="H520" t="s">
-        <v>1941</v>
+        <v>1946</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
-        <v>1942</v>
+        <v>1947</v>
       </c>
       <c r="B521" t="s">
         <v>9</v>
       </c>
       <c r="C521" t="s">
-        <v>100</v>
+        <v>74</v>
       </c>
       <c r="D521" t="s">
-        <v>1880</v>
+        <v>1903</v>
       </c>
       <c r="E521" t="s">
-        <v>1881</v>
+        <v>1904</v>
       </c>
       <c r="F521" t="s">
-        <v>1652</v>
+        <v>40</v>
       </c>
       <c r="G521" s="1" t="s">
-        <v>1943</v>
+        <v>1948</v>
       </c>
       <c r="H521" t="s">
-        <v>1944</v>
+        <v>1949</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" t="s">
-        <v>1945</v>
+        <v>1950</v>
       </c>
       <c r="B522" t="s">
         <v>9</v>
       </c>
       <c r="C522" t="s">
+        <v>78</v>
+      </c>
+      <c r="D522" t="s">
+        <v>1903</v>
+      </c>
+      <c r="E522" t="s">
+        <v>1904</v>
+      </c>
+      <c r="F522" t="s">
+        <v>22</v>
+      </c>
+      <c r="G522" s="1" t="s">
+        <v>1951</v>
+      </c>
+      <c r="H522" t="s">
+        <v>1952</v>
+      </c>
+    </row>
+    <row r="523" spans="1:8">
+      <c r="A523" t="s">
+        <v>1953</v>
+      </c>
+      <c r="B523" t="s">
+        <v>9</v>
+      </c>
+      <c r="C523" t="s">
+        <v>82</v>
+      </c>
+      <c r="D523" t="s">
+        <v>1903</v>
+      </c>
+      <c r="E523" t="s">
+        <v>1904</v>
+      </c>
+      <c r="F523" t="s">
+        <v>13</v>
+      </c>
+      <c r="G523" s="1" t="s">
+        <v>1954</v>
+      </c>
+      <c r="H523" t="s">
+        <v>1955</v>
+      </c>
+    </row>
+    <row r="524" spans="1:8">
+      <c r="A524" t="s">
+        <v>1956</v>
+      </c>
+      <c r="B524" t="s">
+        <v>9</v>
+      </c>
+      <c r="C524" t="s">
+        <v>87</v>
+      </c>
+      <c r="D524" t="s">
+        <v>1903</v>
+      </c>
+      <c r="E524" t="s">
+        <v>1904</v>
+      </c>
+      <c r="F524" t="s">
+        <v>1828</v>
+      </c>
+      <c r="G524" s="1" t="s">
+        <v>1957</v>
+      </c>
+      <c r="H524" t="s">
+        <v>1958</v>
+      </c>
+    </row>
+    <row r="525" spans="1:8">
+      <c r="A525" t="s">
+        <v>1959</v>
+      </c>
+      <c r="B525" t="s">
+        <v>9</v>
+      </c>
+      <c r="C525" t="s">
+        <v>91</v>
+      </c>
+      <c r="D525" t="s">
+        <v>1903</v>
+      </c>
+      <c r="E525" t="s">
+        <v>1904</v>
+      </c>
+      <c r="F525" t="s">
+        <v>13</v>
+      </c>
+      <c r="G525" s="1" t="s">
+        <v>1960</v>
+      </c>
+      <c r="H525" t="s">
+        <v>1961</v>
+      </c>
+    </row>
+    <row r="526" spans="1:8">
+      <c r="A526" t="s">
+        <v>1962</v>
+      </c>
+      <c r="B526" t="s">
+        <v>9</v>
+      </c>
+      <c r="C526" t="s">
+        <v>96</v>
+      </c>
+      <c r="D526" t="s">
+        <v>1903</v>
+      </c>
+      <c r="E526" t="s">
+        <v>1904</v>
+      </c>
+      <c r="F526" t="s">
+        <v>40</v>
+      </c>
+      <c r="G526" s="1" t="s">
+        <v>1963</v>
+      </c>
+      <c r="H526" t="s">
+        <v>1964</v>
+      </c>
+    </row>
+    <row r="527" spans="1:8">
+      <c r="A527" t="s">
+        <v>1965</v>
+      </c>
+      <c r="B527" t="s">
+        <v>9</v>
+      </c>
+      <c r="C527" t="s">
+        <v>100</v>
+      </c>
+      <c r="D527" t="s">
+        <v>1903</v>
+      </c>
+      <c r="E527" t="s">
+        <v>1904</v>
+      </c>
+      <c r="F527" t="s">
+        <v>1673</v>
+      </c>
+      <c r="G527" s="1" t="s">
+        <v>1966</v>
+      </c>
+      <c r="H527" t="s">
+        <v>1967</v>
+      </c>
+    </row>
+    <row r="528" spans="1:8">
+      <c r="A528" t="s">
+        <v>1968</v>
+      </c>
+      <c r="B528" t="s">
+        <v>9</v>
+      </c>
+      <c r="C528" t="s">
         <v>104</v>
       </c>
-      <c r="D522" t="s">
-[...5 lines deleted...]
-      <c r="F522" t="s">
+      <c r="D528" t="s">
+        <v>1903</v>
+      </c>
+      <c r="E528" t="s">
+        <v>1904</v>
+      </c>
+      <c r="F528" t="s">
         <v>40</v>
       </c>
-      <c r="G522" s="1" t="s">
-[...3 lines deleted...]
-        <v>1947</v>
+      <c r="G528" s="1" t="s">
+        <v>1969</v>
+      </c>
+      <c r="H528" t="s">
+        <v>1970</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -20392,50 +20617,56 @@
     <hyperlink ref="G498" r:id="rId497"/>
     <hyperlink ref="G499" r:id="rId498"/>
     <hyperlink ref="G500" r:id="rId499"/>
     <hyperlink ref="G501" r:id="rId500"/>
     <hyperlink ref="G502" r:id="rId501"/>
     <hyperlink ref="G503" r:id="rId502"/>
     <hyperlink ref="G504" r:id="rId503"/>
     <hyperlink ref="G505" r:id="rId504"/>
     <hyperlink ref="G506" r:id="rId505"/>
     <hyperlink ref="G507" r:id="rId506"/>
     <hyperlink ref="G508" r:id="rId507"/>
     <hyperlink ref="G509" r:id="rId508"/>
     <hyperlink ref="G510" r:id="rId509"/>
     <hyperlink ref="G511" r:id="rId510"/>
     <hyperlink ref="G512" r:id="rId511"/>
     <hyperlink ref="G513" r:id="rId512"/>
     <hyperlink ref="G514" r:id="rId513"/>
     <hyperlink ref="G515" r:id="rId514"/>
     <hyperlink ref="G516" r:id="rId515"/>
     <hyperlink ref="G517" r:id="rId516"/>
     <hyperlink ref="G518" r:id="rId517"/>
     <hyperlink ref="G519" r:id="rId518"/>
     <hyperlink ref="G520" r:id="rId519"/>
     <hyperlink ref="G521" r:id="rId520"/>
     <hyperlink ref="G522" r:id="rId521"/>
+    <hyperlink ref="G523" r:id="rId522"/>
+    <hyperlink ref="G524" r:id="rId523"/>
+    <hyperlink ref="G525" r:id="rId524"/>
+    <hyperlink ref="G526" r:id="rId525"/>
+    <hyperlink ref="G527" r:id="rId526"/>
+    <hyperlink ref="G528" r:id="rId527"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>