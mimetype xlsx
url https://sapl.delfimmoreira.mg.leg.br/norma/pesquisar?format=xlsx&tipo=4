--- v0 (2025-10-14)
+++ v1 (2026-02-04)
@@ -10,86 +10,98 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="266" uniqueCount="139">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="273" uniqueCount="142">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Sigla</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>2060</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>RES</t>
+  </si>
+  <si>
+    <t>Resolução</t>
+  </si>
+  <si>
+    <t>https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2025/2060/resolucao_no_05_funcionamento_da_camara.pdf</t>
+  </si>
+  <si>
+    <t>Altera dispositivo da Resolução n. 04/2024, que ‘Dispõe sobre a regularização do funcionamento da Câmara Municipal de Delfim Moreira, especificamente quanto a jornada de trabalho e dá outras providências’.</t>
+  </si>
+  <si>
     <t>2034</t>
   </si>
   <si>
-    <t>2025</t>
-[...1 lines deleted...]
-  <si>
     <t>4</t>
-  </si>
-[...4 lines deleted...]
-    <t>Resolução</t>
   </si>
   <si>
     <t>https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2025/2034/resolucao_no_04__sic.pdf</t>
   </si>
   <si>
     <t>"REGULAMENTA A APLICAÇÃO DA LEI FEDERAL N.º 12.527/11 NO ÂMBITO DA CÂMARA MUNICIPAL, CRIA O SERVIÇO DE INFORMAÇÃO AO CIDADÃO - SIC E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2025/2007/resolucao_no_03__controle_de_frequencia_servidores.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REGULAMENTO INTERNO DE CONTROLE DE FREQUÊNCIA E DE PONTUALIDADE DOS SERVIDORES DA CÂMARA MUNICIPAL DE DELFIM MOREIRA/MG.</t>
   </si>
   <si>
     <t>1992</t>
   </si>
   <si>
     <t>2</t>
   </si>
@@ -145,53 +157,50 @@
   <si>
     <t>https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2024/1916/resolucao_no_03_-_altera_resolucao_02.2022.pdf</t>
   </si>
   <si>
     <t>Alteram dispositivos da Resolução n. 02/2022, que _x000D_
 ‘DISPÕE SOBRE O REGULAMENTO INTERNO DE _x000D_
 CONTROLE DE FREQUÊNCIA E DE PONTUALIDADE _x000D_
 DOS SERVIDORES DA CÂMARA MUNICIPAL DE _x000D_
 DELFIM MOREIRA/MG’.</t>
   </si>
   <si>
     <t>1919</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2024/1919/resolucao_no_06-_concurso_de_redacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Concurso de Redação  “Redação Nota 10”, a ser realizado pela Câmara  Municipal de Delfim Moreira, por meio da Escola do _x000D_
 Legislativo.</t>
   </si>
   <si>
     <t>1918</t>
-  </si>
-[...1 lines deleted...]
-    <t>5</t>
   </si>
   <si>
     <t>https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2024/1918/resolucao_no_05-_gincana_saber.pdf</t>
   </si>
   <si>
     <t>Institui a Gincana Municipal do Saber e dá  outras providências.</t>
   </si>
   <si>
     <t>1917</t>
   </si>
   <si>
     <t>https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2024/1917/resolucao_no_04_-_regulamenta_a_jornada_de_trabalho.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regularização do funcionamento da  Câmara Municipal de Delfim Moreira, _x000D_
 especificamente quanto a jornada de trabalho e dá outras providências</t>
   </si>
   <si>
     <t>1915</t>
   </si>
   <si>
     <t>https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2024/1915/resolucao_no_02_-_altera_regimento_interno.pdf</t>
   </si>
   <si>
     <t>Alteram dispositivos da Resolução n. 002/2018, que ‘Dispõe sobre o Regimento Interno da Câmara Municipal de Delfim Moreira’.</t>
@@ -785,56 +794,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2025/2034/resolucao_no_04__sic.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2025/2007/resolucao_no_03__controle_de_frequencia_servidores.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2025/1992/resolucao_no_02__redacao_nota_10.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2025/1991/resolucao_no_01__aluno_nota_10.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2024/1938/resolucao_no_08-_baixa_de_bens.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2024/1920/resolucao_no_07-dispensa_licitacao_eletronica.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2024/1916/resolucao_no_03_-_altera_resolucao_02.2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2024/1919/resolucao_no_06-_concurso_de_redacao.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2024/1918/resolucao_no_05-_gincana_saber.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2024/1917/resolucao_no_04_-_regulamenta_a_jornada_de_trabalho.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2024/1915/resolucao_no_02_-_altera_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2024/1902/resolucao_no_01__miudos.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2023/1878/resolucao_no11_adiantamento_miudos.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2023/1877/resolucao_no10__lgpd.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2023/1876/resolucao_no09__alteracao_uso_transporte.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2023/1856/resolucao_no08__titulos_honorificos.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2023/1855/resolucao_no_07_aprova_regimento_interno_escola.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2023/1844/resolucao_no_06_trofeu_aluno_nota_10.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2023/1828/resolucao_no_05_gratificacoes_aos_servidores.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2023/1827/resolucao_no_04_escola_do_legislativo.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2023/1813/resolucao_no_03_nova_lei_licitacao.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2023/1812/resolucao_no_02_bens_de_luxo_1.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2023/1800/resolucao_no_01.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2022/1699/02_-_resolucao_no_02_de_2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2022/1669/01_-_resolucao_01_de_2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2021/1650/resolucao2.2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2021/34/resolucao_1.2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2019/38/resolucao_002-2019.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2019/37/resolucao_1.2019_-_assinatura_de_cheques.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2018/18/resolucao_no_002-2018_-_regimento_interno_da_camara_delfim_moreira.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2018/51/resolucao_no_001-_2018_-__assinatura_banco.docx.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2017/57/resolucao_005-2017_-_altera_resolucao_no_002-2017.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2017/56/resolucao_004-2017_-_uso_veiculo_oficial_camara_com_form.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2017/55/resolucao_003-2017_-_fala_na_tribuna_com_formulario.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2017/54/resolucao_002-2017_-_estrutura_adm_camara.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2017/53/resolucao_no_001-_2017_-_transfere_a_sede_da_camara.docx.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2015/52/resolucao_no_002_-_2015_-_diarias_2015.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2025/2060/resolucao_no_05_funcionamento_da_camara.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2025/2034/resolucao_no_04__sic.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2025/2007/resolucao_no_03__controle_de_frequencia_servidores.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2025/1992/resolucao_no_02__redacao_nota_10.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2025/1991/resolucao_no_01__aluno_nota_10.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2024/1938/resolucao_no_08-_baixa_de_bens.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2024/1920/resolucao_no_07-dispensa_licitacao_eletronica.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2024/1916/resolucao_no_03_-_altera_resolucao_02.2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2024/1919/resolucao_no_06-_concurso_de_redacao.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2024/1918/resolucao_no_05-_gincana_saber.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2024/1917/resolucao_no_04_-_regulamenta_a_jornada_de_trabalho.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2024/1915/resolucao_no_02_-_altera_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2024/1902/resolucao_no_01__miudos.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2023/1878/resolucao_no11_adiantamento_miudos.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2023/1877/resolucao_no10__lgpd.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2023/1876/resolucao_no09__alteracao_uso_transporte.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2023/1856/resolucao_no08__titulos_honorificos.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2023/1855/resolucao_no_07_aprova_regimento_interno_escola.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2023/1844/resolucao_no_06_trofeu_aluno_nota_10.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2023/1828/resolucao_no_05_gratificacoes_aos_servidores.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2023/1827/resolucao_no_04_escola_do_legislativo.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2023/1813/resolucao_no_03_nova_lei_licitacao.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2023/1812/resolucao_no_02_bens_de_luxo_1.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2023/1800/resolucao_no_01.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2022/1699/02_-_resolucao_no_02_de_2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2022/1669/01_-_resolucao_01_de_2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2021/1650/resolucao2.2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2021/34/resolucao_1.2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2019/38/resolucao_002-2019.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2019/37/resolucao_1.2019_-_assinatura_de_cheques.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2018/18/resolucao_no_002-2018_-_regimento_interno_da_camara_delfim_moreira.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2018/51/resolucao_no_001-_2018_-__assinatura_banco.docx.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2017/57/resolucao_005-2017_-_altera_resolucao_no_002-2017.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2017/56/resolucao_004-2017_-_uso_veiculo_oficial_camara_com_form.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2017/55/resolucao_003-2017_-_fala_na_tribuna_com_formulario.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2017/54/resolucao_002-2017_-_estrutura_adm_camara.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2017/53/resolucao_no_001-_2017_-_transfere_a_sede_da_camara.docx.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.delfimmoreira.mg.leg.br/media/sapl/public/normajuridica/2015/52/resolucao_no_002_-_2015_-_diarias_2015.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G38"/>
+  <dimension ref="A1:G39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="141.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="251.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -924,843 +933,867 @@
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5" t="s">
         <v>10</v>
       </c>
       <c r="E5" t="s">
         <v>11</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>26</v>
       </c>
       <c r="B6" t="s">
+        <v>8</v>
+      </c>
+      <c r="C6" t="s">
         <v>27</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F6" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="D6" t="s">
-[...5 lines deleted...]
-      <c r="F6" s="1" t="s">
+      <c r="G6" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
+        <v>30</v>
+      </c>
+      <c r="B7" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="C7" t="s">
         <v>32</v>
       </c>
       <c r="D7" t="s">
         <v>10</v>
       </c>
       <c r="E7" t="s">
         <v>11</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>33</v>
       </c>
       <c r="G7" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>35</v>
       </c>
       <c r="B8" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="C8" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="D8" t="s">
         <v>10</v>
       </c>
       <c r="E8" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G8" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B9" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="C9" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="D9" t="s">
         <v>10</v>
       </c>
       <c r="E9" t="s">
         <v>11</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>40</v>
       </c>
       <c r="G9" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>42</v>
       </c>
       <c r="B10" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="C10" t="s">
         <v>43</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10" t="s">
         <v>11</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>44</v>
       </c>
       <c r="G10" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>46</v>
       </c>
       <c r="B11" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="C11" t="s">
         <v>9</v>
       </c>
       <c r="D11" t="s">
         <v>10</v>
       </c>
       <c r="E11" t="s">
         <v>11</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>47</v>
       </c>
       <c r="G11" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>49</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="C12" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="D12" t="s">
         <v>10</v>
       </c>
       <c r="E12" t="s">
         <v>11</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>50</v>
       </c>
       <c r="G12" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>52</v>
       </c>
       <c r="B13" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="C13" t="s">
         <v>23</v>
       </c>
       <c r="D13" t="s">
         <v>10</v>
       </c>
       <c r="E13" t="s">
         <v>11</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>53</v>
       </c>
       <c r="G13" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>55</v>
       </c>
       <c r="B14" t="s">
+        <v>31</v>
+      </c>
+      <c r="C14" t="s">
+        <v>27</v>
+      </c>
+      <c r="D14" t="s">
+        <v>10</v>
+      </c>
+      <c r="E14" t="s">
+        <v>11</v>
+      </c>
+      <c r="F14" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="C14" t="s">
+      <c r="G14" t="s">
         <v>57</v>
-      </c>
-[...10 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
+        <v>58</v>
+      </c>
+      <c r="B15" t="s">
+        <v>59</v>
+      </c>
+      <c r="C15" t="s">
         <v>60</v>
       </c>
-      <c r="B15" t="s">
-[...2 lines deleted...]
-      <c r="C15" t="s">
+      <c r="D15" t="s">
+        <v>10</v>
+      </c>
+      <c r="E15" t="s">
+        <v>11</v>
+      </c>
+      <c r="F15" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="D15" t="s">
-[...5 lines deleted...]
-      <c r="F15" s="1" t="s">
+      <c r="G15" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
+        <v>63</v>
+      </c>
+      <c r="B16" t="s">
+        <v>59</v>
+      </c>
+      <c r="C16" t="s">
         <v>64</v>
       </c>
-      <c r="B16" t="s">
-[...2 lines deleted...]
-      <c r="C16" t="s">
+      <c r="D16" t="s">
+        <v>10</v>
+      </c>
+      <c r="E16" t="s">
+        <v>11</v>
+      </c>
+      <c r="F16" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="D16" t="s">
-[...5 lines deleted...]
-      <c r="F16" s="1" t="s">
+      <c r="G16" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
+        <v>67</v>
+      </c>
+      <c r="B17" t="s">
+        <v>59</v>
+      </c>
+      <c r="C17" t="s">
         <v>68</v>
-      </c>
-[...4 lines deleted...]
-        <v>28</v>
       </c>
       <c r="D17" t="s">
         <v>10</v>
       </c>
       <c r="E17" t="s">
         <v>11</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>69</v>
       </c>
       <c r="G17" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>71</v>
       </c>
       <c r="B18" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="C18" t="s">
         <v>32</v>
       </c>
       <c r="D18" t="s">
         <v>10</v>
       </c>
       <c r="E18" t="s">
         <v>11</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>72</v>
       </c>
       <c r="G18" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>74</v>
       </c>
       <c r="B19" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="C19" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="D19" t="s">
         <v>10</v>
       </c>
       <c r="E19" t="s">
         <v>11</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>75</v>
       </c>
       <c r="G19" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>77</v>
       </c>
       <c r="B20" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="C20" t="s">
         <v>43</v>
       </c>
       <c r="D20" t="s">
         <v>10</v>
       </c>
       <c r="E20" t="s">
         <v>11</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>78</v>
       </c>
       <c r="G20" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>80</v>
       </c>
       <c r="B21" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="C21" t="s">
         <v>9</v>
       </c>
       <c r="D21" t="s">
         <v>10</v>
       </c>
       <c r="E21" t="s">
         <v>11</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>81</v>
       </c>
       <c r="G21" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>83</v>
       </c>
       <c r="B22" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="C22" t="s">
         <v>15</v>
       </c>
       <c r="D22" t="s">
         <v>10</v>
       </c>
       <c r="E22" t="s">
         <v>11</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>84</v>
       </c>
       <c r="G22" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>86</v>
       </c>
       <c r="B23" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="C23" t="s">
         <v>19</v>
       </c>
       <c r="D23" t="s">
         <v>10</v>
       </c>
       <c r="E23" t="s">
         <v>11</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>87</v>
       </c>
       <c r="G23" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>89</v>
       </c>
       <c r="B24" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="C24" t="s">
         <v>23</v>
       </c>
       <c r="D24" t="s">
         <v>10</v>
       </c>
       <c r="E24" t="s">
         <v>11</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>90</v>
       </c>
       <c r="G24" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>92</v>
       </c>
       <c r="B25" t="s">
+        <v>59</v>
+      </c>
+      <c r="C25" t="s">
+        <v>27</v>
+      </c>
+      <c r="D25" t="s">
+        <v>10</v>
+      </c>
+      <c r="E25" t="s">
+        <v>11</v>
+      </c>
+      <c r="F25" s="1" t="s">
         <v>93</v>
       </c>
-      <c r="C25" t="s">
-[...8 lines deleted...]
-      <c r="F25" s="1" t="s">
+      <c r="G25" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>95</v>
       </c>
       <c r="B26" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="C26" t="s">
         <v>23</v>
       </c>
       <c r="D26" t="s">
         <v>10</v>
       </c>
       <c r="E26" t="s">
         <v>11</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="G26" t="s">
-        <v>97</v>
+        <v>21</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>98</v>
       </c>
       <c r="B27" t="s">
+        <v>96</v>
+      </c>
+      <c r="C27" t="s">
+        <v>27</v>
+      </c>
+      <c r="D27" t="s">
+        <v>10</v>
+      </c>
+      <c r="E27" t="s">
+        <v>11</v>
+      </c>
+      <c r="F27" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="C27" t="s">
-[...8 lines deleted...]
-      <c r="F27" s="1" t="s">
+      <c r="G27" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
+        <v>101</v>
+      </c>
+      <c r="B28" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="C28" t="s">
         <v>23</v>
       </c>
       <c r="D28" t="s">
         <v>10</v>
       </c>
       <c r="E28" t="s">
         <v>11</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>103</v>
       </c>
       <c r="G28" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>105</v>
       </c>
       <c r="B29" t="s">
+        <v>102</v>
+      </c>
+      <c r="C29" t="s">
+        <v>27</v>
+      </c>
+      <c r="D29" t="s">
+        <v>10</v>
+      </c>
+      <c r="E29" t="s">
+        <v>11</v>
+      </c>
+      <c r="F29" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="C29" t="s">
-[...8 lines deleted...]
-      <c r="F29" s="1" t="s">
+      <c r="G29" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
+        <v>108</v>
+      </c>
+      <c r="B30" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="C30" t="s">
         <v>23</v>
       </c>
       <c r="D30" t="s">
         <v>10</v>
       </c>
       <c r="E30" t="s">
         <v>11</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>110</v>
       </c>
       <c r="G30" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>112</v>
       </c>
       <c r="B31" t="s">
+        <v>109</v>
+      </c>
+      <c r="C31" t="s">
+        <v>27</v>
+      </c>
+      <c r="D31" t="s">
+        <v>10</v>
+      </c>
+      <c r="E31" t="s">
+        <v>11</v>
+      </c>
+      <c r="F31" s="1" t="s">
         <v>113</v>
       </c>
-      <c r="C31" t="s">
-[...8 lines deleted...]
-      <c r="F31" s="1" t="s">
+      <c r="G31" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
+        <v>115</v>
+      </c>
+      <c r="B32" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="C32" t="s">
         <v>23</v>
       </c>
       <c r="D32" t="s">
         <v>10</v>
       </c>
       <c r="E32" t="s">
         <v>11</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>117</v>
       </c>
       <c r="G32" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>119</v>
       </c>
       <c r="B33" t="s">
+        <v>116</v>
+      </c>
+      <c r="C33" t="s">
+        <v>27</v>
+      </c>
+      <c r="D33" t="s">
+        <v>10</v>
+      </c>
+      <c r="E33" t="s">
+        <v>11</v>
+      </c>
+      <c r="F33" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="C33" t="s">
-[...8 lines deleted...]
-      <c r="F33" s="1" t="s">
+      <c r="G33" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
+        <v>122</v>
+      </c>
+      <c r="B34" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="C34" t="s">
         <v>9</v>
       </c>
       <c r="D34" t="s">
         <v>10</v>
       </c>
       <c r="E34" t="s">
         <v>11</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>124</v>
       </c>
       <c r="G34" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>126</v>
       </c>
       <c r="B35" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="C35" t="s">
         <v>15</v>
       </c>
       <c r="D35" t="s">
         <v>10</v>
       </c>
       <c r="E35" t="s">
         <v>11</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>127</v>
       </c>
       <c r="G35" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>129</v>
       </c>
       <c r="B36" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="C36" t="s">
         <v>19</v>
       </c>
       <c r="D36" t="s">
         <v>10</v>
       </c>
       <c r="E36" t="s">
         <v>11</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>130</v>
       </c>
       <c r="G36" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
         <v>132</v>
       </c>
       <c r="B37" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="C37" t="s">
         <v>23</v>
       </c>
       <c r="D37" t="s">
         <v>10</v>
       </c>
       <c r="E37" t="s">
         <v>11</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>133</v>
       </c>
       <c r="G37" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
         <v>135</v>
       </c>
       <c r="B38" t="s">
+        <v>123</v>
+      </c>
+      <c r="C38" t="s">
+        <v>27</v>
+      </c>
+      <c r="D38" t="s">
+        <v>10</v>
+      </c>
+      <c r="E38" t="s">
+        <v>11</v>
+      </c>
+      <c r="F38" s="1" t="s">
         <v>136</v>
       </c>
-      <c r="C38" t="s">
-[...8 lines deleted...]
-      <c r="F38" s="1" t="s">
+      <c r="G38" t="s">
         <v>137</v>
       </c>
-      <c r="G38" t="s">
+    </row>
+    <row r="39" spans="1:7">
+      <c r="A39" t="s">
         <v>138</v>
+      </c>
+      <c r="B39" t="s">
+        <v>139</v>
+      </c>
+      <c r="C39" t="s">
+        <v>23</v>
+      </c>
+      <c r="D39" t="s">
+        <v>10</v>
+      </c>
+      <c r="E39" t="s">
+        <v>11</v>
+      </c>
+      <c r="F39" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="G39" t="s">
+        <v>141</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1"/>
     <hyperlink ref="F3" r:id="rId2"/>
     <hyperlink ref="F4" r:id="rId3"/>
     <hyperlink ref="F5" r:id="rId4"/>
     <hyperlink ref="F6" r:id="rId5"/>
     <hyperlink ref="F7" r:id="rId6"/>
     <hyperlink ref="F8" r:id="rId7"/>
     <hyperlink ref="F9" r:id="rId8"/>
     <hyperlink ref="F10" r:id="rId9"/>
     <hyperlink ref="F11" r:id="rId10"/>
     <hyperlink ref="F12" r:id="rId11"/>
     <hyperlink ref="F13" r:id="rId12"/>
     <hyperlink ref="F14" r:id="rId13"/>
     <hyperlink ref="F15" r:id="rId14"/>
     <hyperlink ref="F16" r:id="rId15"/>
     <hyperlink ref="F17" r:id="rId16"/>
     <hyperlink ref="F18" r:id="rId17"/>
     <hyperlink ref="F19" r:id="rId18"/>
     <hyperlink ref="F20" r:id="rId19"/>
     <hyperlink ref="F21" r:id="rId20"/>
     <hyperlink ref="F22" r:id="rId21"/>
     <hyperlink ref="F23" r:id="rId22"/>
     <hyperlink ref="F24" r:id="rId23"/>
     <hyperlink ref="F25" r:id="rId24"/>
     <hyperlink ref="F26" r:id="rId25"/>
     <hyperlink ref="F27" r:id="rId26"/>
     <hyperlink ref="F28" r:id="rId27"/>
     <hyperlink ref="F29" r:id="rId28"/>
     <hyperlink ref="F30" r:id="rId29"/>
     <hyperlink ref="F31" r:id="rId30"/>
     <hyperlink ref="F32" r:id="rId31"/>
     <hyperlink ref="F33" r:id="rId32"/>
     <hyperlink ref="F34" r:id="rId33"/>
     <hyperlink ref="F35" r:id="rId34"/>
     <hyperlink ref="F36" r:id="rId35"/>
     <hyperlink ref="F37" r:id="rId36"/>
     <hyperlink ref="F38" r:id="rId37"/>
+    <hyperlink ref="F39" r:id="rId38"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>